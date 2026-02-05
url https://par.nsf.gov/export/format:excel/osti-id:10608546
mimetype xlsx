--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10608546</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1103/PRXQuantum.6.010310</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Generalized Cycle Benchmarking Algorithm for Characterizing Midcircuit Measurements</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Zhihan; Chen, Senrui; Liu, Yunchao; Jiang, Liang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PRX Quantum</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2691-3399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Midcircuit measurements (MCMs) are crucial ingredients in the development of fault-tolerant quantum computation. While there have been rapid experimental progresses in realizing MCMs, a systematic method for characterizing noisy MCMs is still under exploration. In this work, we develop a cycle benchmarking (CB)-type algorithm to characterize noisy MCMs. The key idea is to use a joint Fourier transform on the classical and quantum registers and then estimate parameters in the Fourier space, analogous to Pauli fidelities used in CB-type algorithms for characterizing the Pauli-noise channel of Clifford gates. Furthermore, we develop a theory of the noise learnability of MCMs, which determines what information can be learned about the noise model (in the presence of state preparation and terminating measurement noise) and what cannot, which shows that all learnable information can be learned using our algorithm. As an application, we show how to use the learned information to test the independence between measurement noise and state-preparation noise in an MCM. Finally, we conduct numerical simulations to illustrate the practical applicability of the algorithm. Similar to other CB-type algorithms, we expect the algorithm to provide a useful toolkit that is of experimental interest.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2025&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2326767; 2312755; 2137642; 1936118; 2311733</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Physical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>