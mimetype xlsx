--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-04-02T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present JWST-NIRCam narrowband, 4.05&lt;italic&gt;μ&lt;/italic&gt;m Br&lt;italic&gt;α&lt;/italic&gt;images of the Sgr C H&lt;sc&gt;ii&lt;/sc&gt;region, located in the central molecular zone (CMZ) of the Galaxy. Unlike any H&lt;sc&gt;ii&lt;/sc&gt;region in the solar vicinity, the Sgr C plasma is dominated by filamentary structure in both Br&lt;italic&gt;α&lt;/italic&gt;and the radio continuum. Some bright filaments, which form a fractured arc with a radius of about 1.85 pc centered on the Sgr C star-forming molecular clump, likely trace ionization fronts. The brightest filaments form a “&lt;italic&gt;π&lt;/italic&gt;-shaped” structure in the center of the H&lt;sc&gt;ii&lt;/sc&gt;region. Fainter filaments radiate away from the surface of the Sgr C molecular cloud. The filaments are emitting optically thin free–free emission, as revealed by spectral index measurements from 1.28 GHz (MeerKAT) to 97 GHz (Atacama Large Millimeter/submillimeter Array). But, the negative in-band 1 to 2 GHz spectral index in the MeerKAT data alone reveals the presence of a nonthermal component across the entire Sgr C H&lt;sc&gt;ii&lt;/sc&gt;region. We argue that the plasma flow in Sgr C is controlled by magnetic fields, which confine the plasma to ropelike filaments or sheets. This results in the measured nonthermal component of low-frequency radio emission plasma, as well as a plasma&lt;italic&gt;β&lt;/italic&gt;(thermal pressure divided by magnetic pressure) below 1, even in the densest regions. We speculate that all mature H&lt;sc&gt;ii&lt;/sc&gt;regions in the CMZ, and galactic nuclei in general, evolve in a magnetically dominated, low plasma&lt;italic&gt;β&lt;/italic&gt;regime.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2307199; 2206511</t>
+    <t>2307199; 2206511; 2206513</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Astronomical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>