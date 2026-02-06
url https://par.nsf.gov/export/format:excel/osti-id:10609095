--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10609095</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/icls2025.891198</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“It Takes Two to Tango”: Power Dynamics in Researcher-Coach Collaborations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>McClain, Jessica; Victor, Linette; Miller, Jerika; Danish, Joshua; Fusco, Judi; Hmelo-Silver, Cindy E; Walter, Wendy; Buli, Tarik; Dragnić-Cindrić, Dalila; Glazewski, Krista; Walker, Justice T; Bae, Haesol</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1589 to 1593</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Effective researcher-coach relationships need reciprocal learning, which allows practitioners to share valuable contextual knowledge while researchers share evidence-based ideas. Nevertheless, these collaborations encounter obstacles due to power imbalances, which frequently establish researchers as authorities and reduce the role of practitioners as co-creators. Therefore, this study examines power dynamics in researcher-coach partnerships within educational contexts, emphasizing equitable collaboration strategies. Using Cultural-Historical Activity Theory (CHAT) as a framework, this study analyzes video data from a writing intensive to explore interactions between two participants, Ashley and Russell. Findings reveal that initial tensions foster deeper understanding through negotiated power exchanges. The study underscores that openness, mutual trust, and reflective dialogue are essential for sustainable partnerships, advancing the understanding of power dynamics in researcher-coach collaborations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2300619; 2300618</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Repository of the International Society of Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>