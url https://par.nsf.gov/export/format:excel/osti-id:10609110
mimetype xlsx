--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10609110</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/icls2025.653728</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>We’re All in This Together: A Model for Bidirectional Learning in Researcher-Practitioner Collaborations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Victor, Linette; Miller, Jerika; McClain, Jessica; Fusco, Judi; Danish, Joshua; Walter, Wendy; Hmelo-Silver, Cindy E; Dragnić-Cindrić, Dalila; Glazewski, Krista; Bae, Haesol</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2756 to 2758</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This study examines researcher-practitioner collaborations in educational research, using Cultural-Historical Activity Theory (CHAT) to analyze interactions between STEM coaches and researchers. It explores a two-day workshop focused on practitioner-identified challenges. The research highlighted the need to shift from researcher-centric approaches to balanced, collaborative methods. This study provides insights for developing bidirectional learning models that center practitioners' perspectives, aiming to bridge the gap between research and educational practice through more equitable and transformative partnerships.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2300619; 2300618</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Repository of the International Society of Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>