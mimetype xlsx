--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-06-04T04:00:00Z</t>
   </si>
   <si>
     <t>Molecular Ecology</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>0962-1083</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt;
  &lt;p&gt;Coalescent modelling of hybrid zones can provide novel insights into the historical demography of populations, including divergence times, population sizes, introgression proportions, migration rates and the timing of hybrid zone formation. We used coalescent analysis to determine whether the hybrid zone between phylogeographic lineages of the Plateau Fence Lizard (&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;Sceloporus tristichus&lt;/italic&gt;&lt;/styled-content&gt;) in Arizona formed recently due to human‐induced landscape changes, or if it originated during Pleistocene climatic shifts. Given the presence of mitochondrial DNA from another species in the hybrid zone (Southwestern Fence Lizard,&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;S. cowlesi&lt;/italic&gt;&lt;/styled-content&gt;), we tested for the presence of&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;S. cowlesi&lt;/italic&gt;&lt;/styled-content&gt;nuclear DNA in the hybrid zone as well as reassessed the species boundary between&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;S. tristichus&lt;/italic&gt;&lt;/styled-content&gt;and&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;S. cowlesi&lt;/italic&gt;&lt;/styled-content&gt;. No evidence of&lt;styled-content style='fixed-case'&gt;&lt;italic&gt;S. cowlesi&lt;/italic&gt;&lt;/styled-content&gt;nuclear DNA is found in the hybrid zone, and the paraphyly of both species raises concerns about their taxonomic validity. Introgression analysis placed the divergence time between the parental hybrid zone populations at approximately 140 kya and their secondary contact and hybridization at approximately 11 kya at the end of the Pleistocene. Introgression proportions estimated for hybrid populations are correlated with their geographic distance from parental populations. The multispecies coalescent with migration provided significant support for unidirectional migration moving from south to north, which is consistent with spatial cline analyses that suggest a slow but steady northward shift of the centre of the hybrid zone over the last two decades. When analysing hybrid populations sampled along a linear transect, coalescent methods can provide novel insights into hybrid zone dynamics.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2023979</t>
+    <t>2023979; 2023723</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>