--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10609297</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/30495334251347053</t>
   </si>
   <si>
     <t>Estimated Effects of Comorbidities on Risk of All-cause Dementia in Patients with Mild Cognitive Impairment</t>
   </si>
   <si>
-    <t>Tjandra, Donna [University of Michigan, Ann Arbor, USA] (ORCID:0000000173039123); Irwin, Chase [Phoenix Veterans Affairs Healthcare System, AZ, USA, University of Arizona, College of Medicine - Phoenix, USA] (ORCID:0000000231650693); Migrino, Raymond_Q [Phoenix Veterans Affairs Healthcare System, AZ, USA, University of Arizona, College of Medicine - Phoenix, USA]; Giordani, Bruno [University of Michigan, Ann Arbor, USA]; Wiens, Jenna [University of Michigan, Ann Arbor, USA]</t>
+    <t>Tjandra, Donna (ORCID:0000000173039123); Irwin, Chase (ORCID:0000000231650693); Migrino, Raymond_Q; Giordani, Bruno; Wiens, Jenna</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-24T04:00:00Z</t>
   </si>
   <si>
     <t>Sage Open Aging</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>3049-5334</t>
   </si>
   <si>
     <t>&lt;sec&gt;&lt;title&gt;Introduction:&lt;/title&gt;&lt;p&gt;Estimating the effects of comorbidities on risk of all-cause dementia (ACD) could potentially better inform prevention strategies and identify novel risk factors compared to more common post-hoc analyses from predictive modeling.&lt;/p&gt;&lt;/sec&gt;
  &lt;sec&gt;&lt;title&gt;Methods:&lt;/title&gt;&lt;p&gt;In a retrospective cohort study of patients with mild cognitive impairment (MCI) from US Veterans Affairs Medical Centers between 2009 and 2021, we used machine learning techniques from the treatment effect estimation literature to estimate individualized effects of 25 comorbidities (e.g., hypertension) on ACD risk within 10 years of MCI diagnosis. Age and healthcare utilization were adjusted for using exact matching.&lt;/p&gt;&lt;/sec&gt;
  &lt;sec&gt;&lt;title&gt;Results:&lt;/title&gt;&lt;p&gt;After matching, of 19,797 MCI patients, 6,767 (34.18%) experienced ACD onset. Dyslipidemia (percentage point increase of ACD risk range across different treatment effect estimation techniques = 0.009–0.044), hypertension (range = 0.007–0.043), and diabetes (range = 0.007–0.191) consistently had non-zero average effects.&lt;/p&gt;&lt;/sec&gt;
  &lt;sec&gt;&lt;title&gt;Discussion:&lt;/title&gt;&lt;p&gt;Our findings support known associations between dyslipidemia, hypertension, and diabetes that increase the risk of ACD in MCI patients, demonstrating the potential for these approaches to identify novel risk factors.&lt;/p&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>