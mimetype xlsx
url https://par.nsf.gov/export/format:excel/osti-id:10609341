--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10609341</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1140/epjc/s10052-024-13729-y</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Search for pair production of heavy particles decaying to a top quark and a gluon in the lepton+jets final state in proton–proton collisions at $$\sqrt{s}=13\,\text {Te}\hspace{-.08em}\text {V} $$</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hayrapetyan, A; Tumasyan, A; Adam, W; Andrejkovic, J W; Benato, L; Bergauer, T; Chatterjee, S; Damanakis, K; Dragicevic, M; Hussain, P S; Jeitler, M; Krammer, N; Li, A; Liko, D; Mikulec, I; Schieck, J; Schöfbeck, R; Schwarz, D; Sonawane, M; Waltenberger, W; Wulz, C-E; Janssen, T; Laer, T Van; Mechelen, P Van; Breugelmans, N; D’Hondt, J; Dansana, S; De_Moor, A; Delcourt, M; Heyen, F; Lowette, S; Makarenko, I; Müller, D; Tavernier, S; Tytgat, M; Onsem, G_P Van; Putte, S Van; Vannerom, D; Bilin, B; Clerbaux, B; Das, A K; De_Bruyn, I; De_Lentdecker, G; Evard, H; Favart, L; Gianneios, P; Jaramillo, J; Khalilzadeh, A; Khan, F A; Lee, K; Malara, A; Paredes, S; Shahzad, M A; Thomas, L; Bemden, M Vanden; Velde, C Vander; Vanlaer, P; De_Coen, M; Dobur, D; Gokbulut, G; Hong, Y; Knolle, J; Lambrecht, L; Marckx, D; Amarilo, K Mota; Skovpen, K; Bossche, N_Van Den; van_der_Linden, J; Wezenbeek, L; Benecke, A; Bethani, A; Bruno, G; Caputo, C; De_Favereau_De_Jeneret, J; Delaere, C; Donertas, I S; Giammanco, A; Guzel, A O; Jain, Sa; Lemaitre, V; Lidrych, J; Mastrapasqua, P; Tran, T T; Turkcapar, S; Alves, G A; Coelho, E; Silva, G Correia; Hensel, C; De_Oliveira, T Menezes; Herrera, C Mora; Teles, P Rebello; Soeiro, M; Manganote, E_J Tonelli; Pereira, A Vilela; Júnior, W_L Aldá; Filho, M_Barroso Ferreira; Malbouisson, H Brandao; Carvalho, W; Chinellato, J; Da_Costa, E M; Da_Silveira, G G; De_Jesus_Damiao, D; De_Souza, S Fonseca; De_Souza, R Gomes; Kuhn, T Laux; Macedo, M; Martins, J; Mundim, L; Nogima, H; Pinheiro, J P; Santoro, A; Sznajder, A; Thiel, M; Bernardes, C A; Calligaris, L; Tomei, T_R_Fernandez Perez; Gregores, E M; Silverio, I Maietto; Mercadante, P G; Novaes, S F; Orzari, B; Padula, Sandra S; Aleksandrov, A; Antchev, G; Hadjiiska, R; Iaydjiev, P; Misheva, M; Shopova, M; Sultanov, G; Dimitrov, A; Litov, L; Pavlov, B; Petkov, P; Petrov, A; Shumka, E; Keshri, S; Laroze, D; Thakur, S; Cheng, T; Javaid, T; Yuan, L; Hu, Z; Liang, Z; Liu, J; Chen, G M; Chen, H S; Chen, M; Iemmi, F; Jiang, C H; Kapoor, A; Liao, H; Liu, Z-A; Sharma, R; Song, J N; Tao, J; Wang, C; Wang, J; Wang, Z; Zhang, H; Zhao, J; Agapitos, A; Ban, Y; Deng, S; Guo, B; Jiang, C; Levin, A; Li, C; Li, Q; Mao, Y; Qian, S; Qian, S J; Qin, X; Sun, X; Wang, D; Yang, H; Zhang, L; Zhao, Y; Zhou, C; Yang, S; You, Z; Jaffel, K; Lu, N; Bauer, G; Li, B; Yi, K; Zhang, J; Li, Y; Lin, Z; Lu, C; Xiao, M; Avila, C; Trujillo, D_A Barbosa; Cabrera, A; Florez, C; Fraga, J; Vega, J_A Reyes; Ramirez, F; Rendón, C; Rodriguez, M; Barbosa, A_A Ruales; Alvarez, J_D Ruiz; Giljanovic, D; Godinovic, N; Lelas, D; Sculac, A; Kovac, M; Petkovic, A; Sculac, T; Bargassa, P; Brigljevic, V; Chitroda, B K; Ferencek, D; Jakovcic, K; Starodumov, A; Susa, T; Attikis, A; Christoforou, K; Hadjiagapiou, A; Leonidou, C; Mousa, J; Nicolaou, C; Paizanos, L; Ptochos, F; Razis, P A; Rykaczewski, H; Saka, H; Stepennov, A; Finger, M; Finger_Jr, M; Kveton, A; Ayala, E; Jarrin, E Carrera; Abdalla, H; Assran, Y; El-mahdy, B; Al-Mashad, M Abdullah; Mahmoud, M A; Ehataht, K; Kadastik, M; Lange, T; Nandan, S; Nielsen, C; Pata, J; Raidal, M; Tani, L; Veelken, C; Kirschenmann, H; Osterberg, K; Voutilainen, M; Bharthuar, S; Norjoharuddeen, N Bin; Brücken, E; Garcia, F; Inkaew, P; Kallonen, K_T S; Lampén, T; Lassila-Perini, K; Lehti, S; Lindén, T; Myllymäki, M; Rantanen, Mm; Siikonen, H; Tuominiemi, J; Luukka, P; Petrow, H; Besancon, M; Couderc, F; Dejardin, M; Denegri, D; Faure, J L; Ferri, F; Ganjour, S; Gras, P; de_Monchenault, G Hamel; Kumar, M; Lohezic, V; Malcles, J; Orlandi, F; Portales, L; Rosowsky, A; Sahin, M Ö; Savoy-Navarro, A; Simkina, P; Titov, M; Tornago, M; Beaudette, F; Boldrini, G; Busson, P; Cappati, A; Charlot, C; Chiusi, M; Cuisset, T D; Damas, F; Davignon, O; De_Wit, A; Ehle, I T; Alves, B_A_Fontana Santos; Ghosh, S; Gilbert, A; de_Cassagnac, R Granier; Hakimi, A; Harikrishnan, B; Kalipoliti, L; Liu, G; Nguyen, M; Ochando, C; Salerno, R; Sauvan, J B; Sirois, Y; Gómez, L Urda; Vernazza, E; Zabi, A; Zghiche, A; Agram, J-L; Andrea, J; Apparu, D; Bloch, D; Brom, J-M; Chabert, E C; Collard, C; Falke, S; Goerlach, U; Haeberle, R; Bihan, A-C Le; Meena, M; Poncet, O; Saha, G; Sessini, M A; Hove, P Van; Vaucelle, P; Florio, A Di; Amram, D; Beauceron, S; Blancon, B; Boudoul, G; Chanon, N; Contardo, D; Depasse, P; Dozen, C; Mamouni, H El; Fay, J; Gascon, S; Gouzevitch, M; Greenberg, C; Grenier, G; Ille, B; Jourd‘huy, E; Laktineh, I B; Lethuillier, M; Mirabito, L; Perries, S; Purohit, A; Donckt, M Vander; Verdier, P; Xiao, J; Khvedelidze, A; Lomidze, I; Tsamalaidze, Z; Botta, V; Rodríguez, S Consuegra; Feld, L; Klein, K; Lipinski, M; Meuser, D; Pauls, A; Adán, D Pérez; Röwert, N; Teroerde, M; Diekmann, S; Dodonova, A; Eich, N; Eliseev, D; Engelke, F; Erdmann, J; Erdmann, M; Fackeldey, P; Fischer, B; Hebbeker, T; Hoepfner, K; Ivone, F; Jung, A; Lee, My; Mausolf, F; Merschmeyer, M; Meyer, A; Mukherjee, S; Noll, D; Nowotny, F; Pozdnyakov, A; Rath, Y; Redjeb, W; Rehm, F; Reithler, H; Sarkisovi, V; Schmidt, A; Seth, C; Sharma, A; Spah, J L; Stein, A; Da_Silva_De_Araujo, F Torres; Wiedenbeck, S; Zaleski, S; Dziwok, C; Flügge, G; Kress, T; Nowack, A; Pooth, O; Stahl, A; Ziemons, T; Zotz, A; Petersen, H Aarup; Martin, M Aldaya; Alimena, J; Amoroso, S; An, Y; Bach, J; Baxter, S; Bayatmakou, M; Gonzalez, H Becerril; Behnke, O; Belvedere, A; Blekman, F; Borras, K; Campbell, A; Cardini, A; Cheng, C; Colombina, F; Eckerlin, G; Eckstein, D; Banos, L_I Estevez; Gallo, E; Geiser, A; Guglielmi, V; Guthoff, M; Hinzmann, A; Jeppe, L; Kaech, B; Kasemann, M; Kleinwort, C; Kogler, R; Komm, M; Krücker, D; Lange, W; Pernia, D Leyva; Lipka, K; Lohmann, W; Lorkowski, F; Mankel, R; Melzer-Pellmann, I-A; Morentin, M Mendizabal; Meyer, A B; Milella, G; Figueroa, K Moral; Mussgiller, A; Nair, L P; Niedziela, J; Nürnberg, A; Otarid, Y; Park, J; Ranken, E; Raspereza, A; Rastorguev, D; Rübenach, J; Rygaard, L; Saggio, A; Scham, M; Schnake, S; Schütze, P; Schwanenberger, C; Selivanova, D; Sharko, K; Shchedrolosiev, M; Stafford, D; Vazzoler, F; Barroso, A Ventura; Walsh, R; Wang, D; Wang, Q; Wichmann, K; Wiens, L; Wissing, C; Yang, Y; Santos, A_Zimermmane Castro; Albrecht, A; Albrecht, S; Antonello, M; Bein, S; Bollweg, S; Bonanomi, M; Connor, P; El_Morabit, K; Fischer, Y; Garutti, E; Grohsjean, A; Haller, J; Hundhausen, D; Jabusch, H R; Kasieczka, G; Keicher, P; Klanner, R; Korcari, W; Kramer, T; Kuo, C c; Kutzner, V; Labe, F; Lange, J; Lobanov, A; Matthies, C; Moureaux, L; Mrowietz, M; Nigamova, A; Nissan, Y; Paasch, A; Rodriguez, K_J Pena; Quadfasel, T; Raciti, B; Rieger, M; Savoiu, D; Schindler, J; Schleper, P; Schröder, M; Schwandt, J; Sommerhalder, M; Stadie, H; Steinbrück, G; Tews, A; Wiederspan, B; Wolf, M; Brommer, S; Butz, E; Chwalek, T; Dierlamm, A; Droll, A; Elicabuk, U; Faltermann, N; Giffels, M; Gottmann, A; Hartmann, F; Hofsaess, R; Horzela, M; Husemann, U; Kieseler, J; Klute, M; Koppenhöfer, R; Lavoryk, O; Lawhorn, J M; Link, M; Lintuluoto, A; Maier, S; Mitra, S; Mormile, M; Müller, Th; Neukum, M; Oh, M; Pfeffer, E; Presilla, M; Quast, G; Rabbertz, K; Regnery, B; Shadskiy, N; Shvetsov, I; Simonis, H J; Sowa, L; Stockmeier, L; Tauqeer, K; Toms, M; Trevisani, N; Cube, R_F Von; Wassmer, M; Wieland, S; Wittig, F; Wolf, R; Zuo, X; Anagnostou, G; Daskalakis, G; Kyriakis, A; Papadopoulos, A; Stakia, A; Kontaxakis, P; Melachroinos, G; Painesis, Z; Papavergou, I; Paraskevas, I; Saoulidou, N; Theofilatos, K; Tziaferi, E; Vellidis, K; Zisopoulos, I; Bakas, G; Chatzistavrou, T; Karapostoli, G; Kousouris, K; Papakrivopoulos, I; Siamarkou, E; Tsipolitis, G; Zacharopoulou, A; Bestintzanos, I; Evangelou, I; Foudas, C; Kamtsikis, C; Katsoulis, P; Kokkas, P; Kioseoglou, P_G Kosmoglou; Manthos, N; Papadopoulos, I; Strologas, J; Hajdu, C; Horvath, D; Márton, K; Rádl, A J; Sikler, F; Veszpremi, V; Csanád, M; Farkas, K; Fehérkuti, A; Gadallah, M_M A; Kadlecsik, Á; Major, P; Pásztor, G; Veres, G I; Olah, L; Ujvari, B; Bencze, G; Czellar, S; Molnar, J; Szillasi, Z; Csorgo, T; Nemes, F; Novak, T; Bansal, S; Beri, S B; Bhatnagar, V; Chaudhary, G; Chauhan, S; Dhingra, N; Kaur, A; Kaur, A; Kaur, H; Kaur, M; Kumar, S; Sheokand, T; Singh, J B; Singla, A; Ahmed, A; Bhardwaj, A; Chhetri, A; Choudhary, B C; Kumar, A; Kumar, A; Naimuddin, M; Ranjan, K; Saini, M K; Saumya, S; Baradia, S; Barman, S; Bhattacharya, S; Gupta, S Das; Dutta, S; Dutta, S; Sarkar, S; Ameen, M M; Behera, P K; Behera, S C; Chatterjee, S; Dash, G; Jana, P; Kalbhor, P; Kamble, S; Komaragiri, J R; Kumar, D; Mishra, T; Parida, B; Pujahari, P R; Saha, N R; Sharma, A; Sikdar, A K; Singh, R K; Verma, P; Verma, S; Vijay, A; Dugad, S; Mohanty, G B; Shelake, M; Suryadevara, P; Bala, A; Banerjee, S; Chatterjee, R M; Guchait, M; Jain, Sh; Jaiswal, A; Kumar, S; Majumder, G; Mazumdar, K; Parolia, S; Thachayath, A; Bahinipati, S; Kar, C; Maity, D; Mal, P; Naskar, K; Nayak, A; Nayak, S; Pal, K; Sadangi, P; Swain, S K; Varghese, S; Vats, D; Acharya, S; Alpana, A; Dube, S; Gomber, B; Hazarika, P; Kansal, B; Laha, A; Sahu, B; Sharma, S; Vaish, K Y; Bakhshiansohi, H; Jafari, A; Zeinali, M; Bashiri, S; Chenarani, S; Etesami, S M; Hosseini, Y; Khakzad, M; Khazaie, E; Najafabadi, M Mohammadi; Tizchang, S; Felcini, M; Grunewald, M; Abbrescia, M; Colaleo, A; Creanza, D; D’Anzi, B; De_Filippis, N; De_Palma, M; Elmetenawee, W; Ferrara, N; Fiore, L; Iaselli, G; Longo, L; Louka, M; Maggi, G; Maggi, M; Margjeka, I; Mastrapasqua, V; My, S; Nuzzo, S; Pellecchia, A; Pompili, A; Pugliese, G; Radogna, R; Ramos, D; Ranieri, A; Silvestris, L; Simone, F M; Sözbilir, Ü; Stamerra, A; Troiano, D; Venditti, R; Verwilligen, P; Zaza, A; Abbiendi, G; Battilana, C; Bonacorsi, D; Capiluppi, P; Castro, A; Cavallo, F R; Cuffiani, M; Dallavalle, G M; Diotalevi, T; Fabbri, F; Fanfani, A; Fasanella, D; Giacomelli, P; Giommi, L; Grandi, C; Guiducci, L; Meo, S Lo; Lorusso, M; Lunerti, L; Marcellini, S; Masetti, G; Navarria, F L; Paggi, G; Perrotta, A; Primavera, F; Rossi, A M; Tisbeni, S Rossi; Rovelli, T; Siroli, G P; Costa, S; Mattia, A Di; Lapertosa, A; Potenza, R; Tricomi, A; Tuve, C; Assiouras, P; Barbagli, G; Bardelli, G; Camaiani, B; Cassese, A; Ceccarelli, R; Ciulli, V; Civinini, C; D’Alessandro, R; Focardi, E; Kello, T; Latino, G; Lenzi, P; Lizzo, M; Meschini, M; Paoletti, S; Papanastassiou, A; Sguazzoni, G; Viliani, L; Benussi, L; Bianco, S; Meola, S; Piccolo, D; Pereira, M_Alves Gallo; Ferro, F; Robutti, E; Tosi, S; Benaglia, A; Brivio, F; Cetorelli, F; De_Guio, F; Dinardo, M E; Dini, P; Gennai, S; Gerosa, R; Ghezzi, A; Govoni, P; Guzzi, L; Lucchini, M T; Malberti, M; Malvezzi, S; Massironi, A; Menasce, D; Moroni, L; Paganoni, M; Palluotto, S; Pedrini, D; Perego, A; Pinolini, B S; Pizzati, G; Ragazzi, S; de_Fatis, T Tabarelli; Buontempo, S; Cagnotta, A; Carnevali, F; Cavallo, N; Fabozzi, F; Iorio, A_O M; Lista, L; Paolucci, P; Rossi, B; Ardino, R; Azzi, P; Bacchetta, N; Bortignon, P; Bortolato, G; Bragagnolo, A; Bulla, A_C M; Carlin, R; Checchia, P; Dorigo, T; Gasparini, F; Gasparini, U; Giorgetti, S; Lusiani, E; Margoni, M; Maron, G; Meneguzzo, A T; Migliorini, M; Pazzini, J; Ronchese, P; Rossin, R; Simonetto, F; Tosi, M; Triossi, A; Ventura, S; Zanetti, M; Zotto, P; Zucchetta, A; Zumerle, G; Braghieri, A; Calzaferri, S; Fiorina, D; Montagna, P; Re, V; Riccardi, C; Salvini, P; Vai, I; Vitulo, P; Ajmal, S; Ascioti, M E; Bilei, G M; Carrivale, C; Ciangottini, D; Fanò, L; Magherini, M; Mariani, V; Menichelli, M; Moscatelli, F; Rossi, A; Santocchia, A; Spiga, D; Tedeschi, T; Aimè, C; Alexe, C A; Asenov, P; Azzurri, P; Bagliesi, G; Bhattacharya, R; Bianchini, L; Boccali, T; Bossini, E; Bruschini, D; Castaldi, R; Ciocci, M A; Cipriani, M; D’Amante, V; Dell’Orso, R; Donato, S; Giassi, A; Ligabue, F; Marini, A C; Figueiredo, D Matos; Messineo, A; Mishra, S; Bindhu, V_K_Muraleedharan Nair; Musich, M; Palla, F; Rizzi, A; Rolandi, G; Chowdhury, S Roy; Sarkar, T; Scribano, A; Spagnolo, P; Tenchini, R; Tonelli, G; Turini, N; Vaselli, F; Venturi, A; Verdini, P G; Barrera, C Baldenegro; Barria, P; Basile, C; Cavallari, F; Mendez, L Cunqueiro; Re, D Del; Marco, E Di; Diemoz, M; Errico, F; Gargiulo, R; Longo, E; Martikainen, L; Mijuskovic, J; Organtini, G; Pandolfi, F; Paramatti, R; Quaranta, C; Rahatlou, S; Rovelli, C; Santanastasio, F; Soffi, L; Vladimirov, V; Amapane, N; Arcidiacono, R; Argiro, S; Arneodo, M; Bartosik, N; Bellan, R; Bellora, A; Biino, C; Borca, C; Cartiglia, N; Costa, M; Covarelli, R; Demaria, N; Finco, L; Grippo, M; Kiani, B; Legger, F; Luongo, F; Mariotti, C; Markovic, L; Maselli, S; Mecca, A; Menzio, L; Meridiani, P; Migliore, E; Monteno, M; Mulargia, R; Obertino, M M; Ortona, G; Pacher, L; Pastrone, N; Pelliccioni, M; Ruspa, M; Siviero, F; Sola, V; Solano, A; Staiano, A; Tarricone, C; Trocino, D; Umoret, G; White, R; Babbar, J; Belforte, S; Candelise, V; Casarsa, M; Cossutti, F; De_Leo, K; Ricca, G Della; Dogra, S; Hong, J; Kim, B; Kim, J; Lee, D; Lee, H; Lee, S W; Moon, C S; Oh, Y D; Ryu, M S; Sekmen, S; Tae, B; Yang, Y C; Kim, M S; Bak, G; Gwak, P; Kim, H; Moon, D H; Asilar, E; Choi, J; Kim, D; Kim, T J; Merlin, J A; Ryou, Y; Choi, S; Han, S; Hong, B; Lee, K; Lee, K S; Lee, S; Yoo, J; Goh, J; Yang, S; Kim, H S; Kim, Y; Lee, S; Almond, J; Bhyun, J H; Choi, J; Choi, J; Jun, W; Kim, J; Kim, Y W; Ko, S; Kwon, H; Lee, H; Lee, J; Lee, J; Oh, B H; Oh, S B; Seo, H; Yang, U K; Yoon, I; Jang, W; Kang, D Y; Kang, Y; Kim, S; Ko, B; Lee, J_S H; Lee, Y; Park, I C; Roh, Y; Watson, I J; Ha, S; Hwang, K; Yoo, H D; Choi, M; Kim, M R; Lee, H; Lee, Y; Yu, I; Beyrouthy, T; Gharbia, Y; Alazemi, F; Dreimanis, K; Gaile, A; Diaz, C Munoz; Osite, D; Pikurs, G; Potrebko, A; Seidel, M; Kontos, D Sidiropoulos; Strautnieks, N R; Ambrozas, M; Juodagalvis, A; Rinkevicius, A; Tamulaitis, G; Yusuff, I; Zolkapli, Z; Benitez, J F; Hernandez, A Castaneda; Acosta, H_A Encinas; Maríñez, L_G Gallegos; Coello, M León; Quijada, J_A Murillo; Sehrawat, A; Palomo, L Valencia; Ayala, G; Castilla-Valdez, H; Ledesma, H Crotte; De_La_Cruz-Burelo, E; La_Cruz, I Heredia-De; Lopez-Fernandez, R; Guisao, J Mejia; Herrera, C_A Mondragon; Hernández, A Sánchez; Barrera, C Oropeza; Guadarrama, D_L Ramirez; García, M Ramírez; Bautista, I; Pedraza, I; Ibarguen, H_A Salazar; Estrada, C Uribe; Bubanja, I; Raicevic, N; Butler, P H; Ahmad, A; Asghar, M I; Awais, A; Awan, M_I M; Hoorani, H R; Khan, W A; Avati, V; Grzanka, L; Malawski, M; Bialkowska, H; Bluj, M; Górski, M; Kazana, M; Szleper, M; Zalewski, P; Bunkowski, K; Doroba, K; Kalinowski, A; Konecki, M; Krolikowski, J; Muhammad, A; Fokow, P; Pozniak, K; Zabolotny, W; Araujo, M; Bastos, D; Da_Cruz_E_Silva, C Beirão; Boletti, A; Bozzo, M; Camporesi, T; Da_Molin, G; Faccioli, P; Gallinaro, M; Hollar, J; Leonardo, N; Marozzo, G B; Petrilli, A; Pisano, M; Seixas, J; Varela, J; Wulff, J W; Adzic, P; Milenovic, P; Devetak, D; Dordevic, M; Milosevic, J; Nadderd, L; Rekovic, V; Maestre, J Alcaraz; Bedoya, Cristina F; Cifuentes, J_A Brochero; Carretero, Oliver M; Cepeda, M; Cerrada, M; Colino, N; De_La_Cruz, B; Peris, A Delgado; Valle, A_Escalante Del; Val, D_Fernández Del; Ramos, J_P Fernández; Flix, J; Fouz, M C; Lopez, O Gonzalez; Lopez, S Goy; Hernandez, J M; Josa, M I; Merino, J Llorente; Perez, C Martin; Viscasillas, E Martin; Moran, D; Perez, C_M Morcillo; Tobar, Á Navarro; Dengra, C Perez; Yzquierdo, A Pérez-Calero; Pelayo, J Puerta; Redondo, I; Navas, S Sánchez; Sastre, J; Escobar, J Vazquez; de_Trocóniz, J F; Gonzalez, B Alvarez; Cuevas, J; Menendez, J Fernandez; Folgueras, S; Caballero, I Gonzalez; Leguina, P; Cortezon, E Palencia; Pico, J Prado; Álvarez, C Ramón; Bouza, V Rodríguez; Rodríguez, A Soto; Trapote, A; Villalba, C Vico; Vischia, P; Bhowmik, S; Fernández, S Blanco; Cabrillo, I J; Calderon, A; Campderros, J Duarte; Fernandez, M; Gomez, G; García, C Lasaosa; Ruiz, R Lopez; Rivero, C Martinez; Arbol, P_Martinez_Ruiz del; Matorras, F; Cuevas, P Matorras; Ramos, E Navarrete; Gomez, J Piedra; Scodellaro, L; Vila, I; Garcia, J_M Vizan; Kailasapathy, B; Wickramarathna, D_D C; Dharmaratna, W_G D; Liyanage, K; Perera, N; Abbaneo, D; Amendola, C; Auffray, E; Auzinger, G; Baechler, J; Barney, D; Martínez, A Bermúdez; Bianco, M; Anuar, A_A Bin; Bocci, A; Borgonovi, L; Botta, C; Brondolin, E; Caillol, C; Cerminara, G; Chernyavskaya, N; d’Enterria, D; Dabrowski, A; David, A; De_Roeck, A; Defranchis, M M; Deile, M; Dobson, M; Franzoni, G; Funk, W; Giani, S; Gigi, D; Gill, K; Glege, F; Hegeman, J; Heikkilä, J K; Huber, B; Innocente, V; James, T; Janot, P; Kaluzinska, O; Karacheban, O; Laurila, S; Lecoq, P; Leutgeb, E; Lourenço, C; Malgeri, L; Mannelli, M; Matthewman, M; Mehta, A; Meijers, F; Mersi, S; Meschi, E; Milosevic, V; Monti, F; Moortgat, F; Mulders, M; Neutelings, I; Orfanelli, S; Pantaleo, F; Petrucciani, G; Pfeiffer, A; Pierini, M; Qu, H; Rabady, D; Lopes, B Ribeiro; Riti, F; Rovere, M; Sakulin, H; Salvatico, R; Cruz, S Sanchez; Scarfi, S; Schwick, C; Selvaggi, M; Sharma, A; Shchelina, K; Silva, P; Sphicas, P; Leiton, A_G Stahl; Steen, A; Summers, S; Treille, D; Tropea, P; Walter, D; Wanczyk, J; Wang, J; Wozniak, K A; Wuchterl, S; Zehetner, P; Zejdl, P; Zeuner, W D; Bevilacqua, T; Caminada, L; Ebrahimi, A; Erdmann, W; Horisberger, R; Ingram, Q; Kaestli, H C; Kotlinski, D; Lange, C; Missiroli, M; Noehte, L; Rohe, T; Samalan, A; Aarrestad, T K; Backhaus, M; Bonomelli, G; Calandri, A; Cazzaniga, C; Datta, K; De_Bryas_Dexmiers_D‘archiac, P; De_Cosa, A; Dissertori, G; Dittmar, M; Donegà, M; Eble, F; Galli, M; Gedia, K; Glessgen, F; Grab, C; Härringer, N; Harte, T G; Hits, D; Lustermann, W; Lyon, A-M; Manzoni, R A; Marchegiani, M; Marchese, L; Mascellani, A; Nessi-Tedaldi, F; Pauss, F; Perovic, V; Pigazzini, S; Ristic, B; Seidita, R; Steggemann, J; Tarabini, A; Valsecchi, D; Wallny, R; Amsler, C; Bärtschi, P; Canelli, M F; Cormier, K; Huwiler, M; Jin, W; Jofrehei, A; Kilminster, B; Leontsinis, S; Liechti, S P; Macchiolo, A; Meiring, P; Meng, F; Motta, J; Reimers, A; Robmann, P; Senger, M; Shokr, E; Stäger, F; Tramontano, R; Adloff, C; Bhowmik, D; Kuo, C M; Lin, W; Rout, P K; Tiwari, P C; Ceard, L; Chen, K F; Chen, Z g; De_Iorio, A; Hou, W-S; Hsu, T h; Kao, Y w; Karmakar, S; Kole, G; Li, Yy; Lu, R-S; Paganis, E; Su, Xf; Thomas-Wilsker, J; Tsai, L s; Tsionou, D; Wu, H y; Yazgan, E; Asawatangtrakuldee, C; Srimanobhas, N; Wachirapusitanand, V; Maghrbi, Y; Agyel, D; Boran, F; Dolek, F; Dumanoglu, I; Eskut, E; Guler, Y; Guler, E Gurpinar; Isik, C; Kara, O; Topaksu, A Kayis; Kiminsu, U; Komurcu, Y; Onengut, G; Ozdemir, K; Polatoz, A; Tali, B; Tok, U G; Uslan, E; Zorbakir, I S; Sokmen, G; Yalvac, M; Akgun, B; Atakisi, I O; Gülmez, E; Kaya, M; Kaya, O; Tekten, S; Cakir, A; Cankocak, K; Dincer, G G; Sen, S; Aydilek, O; Hacisahinoglu, B; Hos, I; Kaynak, B; Ozkorucuklu, S; Potok, O; Sert, H; Simsek, C; Zorbilmez, C; Cerci, S; Isildak, B; Cerci, D Sunar; Yetkin, T; Boyaryntsev, A; Grynyov, B; Levchuk, L; Anthony, D; Brooke, J J; Bundock, A; Bury, F; Clement, E; Cussans, D; Flacher, H; Glowacki, M; Goldstein, J; Heath, H F; Holmberg, M-L; Kreczko, L; Paramesvaran, S; Robertshaw, L; Smith, V J; Pass, K Walkingshaw; Ball, A H; Bell, K W; Belyaev, A; Brew, C; Brown, R M; Cockerill, D_J A; Cooke, C; Elliot, A; Ellis, K V; Harder, K; Harper, S; Linacre, J; Manolopoulos, K; Newbold, D M; Olaiya, E; Petyt, D; Reis, T; Sahasransu, A R; Salvi, G; Schuh, T; Shepherd-Themistocleous, C H; Tomalin, I R; Whalen, K C; Williams, T; Andreou, I; Bainbridge, R; Bloch, P; Brown, C E; Buchmuller, O; Montoya, C_A Carrillo; Chahal, G S; Colling, D; Dancu, J S; Das, I; Dauncey, P; Davies, G; Negra, M Della; Fayer, S; Fedi, G; Hall, G; Howard, A; Iles, G; Knight, C R; Krueper, P; Langford, J; Law, K H; Holgado, J León; Lyons, L; Magnan, A-M; Maier, B; Mallios, S; Mieskolainen, M; Nash, J; Pesaresi, M; Pradeep, P B; Radburn-Smith, B C; Richards, A; Rose, A; Savva, K; Seez, C; Shukla, R; Tapper, A; Uchida, K; Uttley, G P; Virdee, T; Vojinovic, M; Wardle, N; Winterbottom, D; Cole, J E; Khan, A; Kyberd, P; Reid, I D; Abdullin, S; Brinkerhoff, A; Collins, E; Darwish, M R; Dittmann, J; Hatakeyama, K; Hegde, V; Hiltbrand, J; McMaster, B; Samudio, J; Sawant, S; Sutantawibul, C; Wilson, J; Bartek, R; Dominguez, A; Simsek, A E; Yu, S S; Bam, B; Perraguin, A Buchot; Chudasama, R; Cooper, S I; Crovella, C; Gleyzer, S V; Pearson, E; Perez, C U; Rumerio, P; Usai, E; Yi, R; Akpinar, A; Cosby, C; De_Castro, G; Demiragli, Z; Erice, C; Fangmeier, C; Madrazo, C Fernandez; Fontanesi, E; Gastler, D; Golf, F; Jeon, S; O‘cain, J; Reed, I; Rohlf, J; Salyer, K; Sperka, D; Spitzbart, D; Suarez, I; Tsatsos, A; Zecchinelli, A G; Barone, G; Benelli, G; Cutts, D; Gouskos, L; Hadley, M; Heintz, U; Ho, K W; Hogan, J M; Kwon, T; Landsberg, G; Lau, K T; Luo, J; Mondal, S; Russell, T; Sagir, S; Shen, X; Simpson, F; Stamenkovic, M; Venkatasubramanian, N; Abbott, S; Barton, B; Brainerd, C; Breedon, R; Cai, H; De_La_Barca_Sanchez, M Calderon; Chertok, M; Citron, M; Conway, J; Cox, P T; Erbacher, R; Jensen, F; Kukral, O; Mocellin, G; Mulhearn, M; Ostrom, S; Wei, W; Yoo, S; Zhang, F; Adamidis, K; Bachtis, M; Campos, D; Cousins, R; Datta, A; Avila, G Flores; Hauser, J; Ignatenko, M; Iqbal, M A; Lam, T; Lo, Y f; Manca, E; Prado, A_Nunez Del; Saltzberg, D; Valuev, V; Clare, R; Gary, J W; Hanson, G; Aportela, A; Arora, A; Branson, J G; Cittolin, S; Cooperstein, S; Diaz, D; Duarte, J; Giannini, L; Gu, Y; Guiang, J; Kansal, R; Krutelyov, V; Lee, R; Letts, J; Masciovecchio, M; Mokhtar, F; Mukherjee, S; Pieri, M; Primosch, D; Quinnan, M; Narayanan, B_V Sathia; Sharma, V; Tadel, M; Vourliotis, E; Würthwein, F; Xiang, Y; Yagil, A; Barzdukas, A; Brennan, L; Campagnari, C; Downham, K; Grieco, C; Hussain, M M; Incandela, J; Kim, J; Li, A J; Masterson, P; Mei, H; Richman, J; Santpur, S N; Sarica, U; Schmitz, R; Setti, F; Sheplock, J; Stuart, D; Vámi, TÁ; Wang, S; Yan, X; Zhang, D; Bhattacharya, S; Bornheim, A; Cerri, O; Latorre, A; Mao, J; Newman, H B; Gutiérrez, G Reales; Spiropulu, M; Vlimant, J R; Wang, C; Xie, S; Zhu, R Y; Alison, J; An, S; Bryant, P; Cremonesi, M; Dutta, V; Ferguson, T; Espinosa, T_A Gómez; Harilal, A; Tharayil, A Kallil; Liu, C; Mudholkar, T; Murthy, S; Palit, P; Park, K; Paulini, M; Roberts, A; Sanchez, A; Terrill, W; Cumalat, J P; Ford, W T; Hart, A; Hassani, A; Karathanasis, G; Manganelli, N; Pearkes, J; Savard, C; Schonbeck, N; Stenson, K; Ulmer, K A; Wagner, S R; Zipper, N; Zuolo, D; Alexander, J; Bright-Thonney, S; Chen, X; Cranshaw, D J; Dickinson, J; Fan, J; Fan, X; Hogan, S; Kotamnives, P; Monroy, J; Oshiro, M; Patterson, J R; Reid, M; Ryd, A; Thom, J; Wittich, P; Zou, R; Albrow, M; Alyari, M; Amram, O; Apollinari, G; Apresyan, A; Bauerdick, L_A T; Berry, D; Berryhill, J; Bhat, P C; Burkett, K; Butler, J N; Canepa, A; Cerati, G B; Cheung, H_W K; Chlebana, F; Cummings, G; Dutta, I; Elvira, V D; Feng, Y; Freeman, J; Gandrakota, A; Gecse, Z; Gray, L; Green, D; Grummer, A; Grünendahl, S; Guerrero, D; Gutsche, O; Harris, R M; Heller, R; Herwig, T C; Hirschauer, J; Jayatilaka, B; Jindariani, S; Johnson, M; Joshi, U; Klijnsma, T; Klima, B; Kwok, K_H M; Lammel, S; Lee, C; Lincoln, D; Lipton, R; Liu, T; Madrid, C; Maeshima, K; Mantilla, C; Mason, D; McBride, P; Merkel, P; Mrenna, S; Nahn, S; Ngadiuba, J; Noonan, D; Norberg, S; Papadimitriou, V; Pastika, N; Pedro, K; Pena, C; Ravera, F; Hall, A Reinsvold; Ristori, L; Safdari, M; Sexton-Kennedy, E; Smith, N; Soha, A; Spiegel, L; Stoynev, S; Strait, J; Taylor, L; Tkaczyk, S; Tran, N V; Uplegger, L; Vaandering, E W; Zoi, I; Aruta, C; Avery, P; Bourilkov, D; Chang, P; Cherepanov, V; Field, R D; Huh, C; Koenig, E; Kolosova, M; Konigsberg, J; Korytov, A; Matchev, K; Menendez, N; Mitselmakher, G; Mohrman, K; Madhu, A Muthirakalayil; Rawal, N; Rosenzweig, S; Takahashi, Y; Wang, J; Adams, T; Kadhim, A Al; Askew, A; Bower, S; Hashmi, R; Kim, R S; Kim, S; Kolberg, T; Martinez, G; Prosper, H; Prova, P R; Wulansatiti, M; Yohay, R; Zhang, J; Alsufyani, B; Butalla, S; Das, S; Elkafrawy, T; Hohlmann, M; Yanes, E; Adams, M R; Baty, A; Bennett, C; Cavanaugh, R; Franco, R Escobar; Evdokimov, O; Gerber, C E; Hawksworth, M; Hingrajiya, A; Hofman, D J; Lee, Jh; Lemos, D S; Merrit, A H; Mills, C; Nanda, S; Oh, G; Ozek, B; Pilipovic, D; Pradhan, R; Prifti, E; Roy, T; Rudrabhatla, S; Singh, N; Tonjes, M B; Varelas, N; Wadud, M A; Ye, Z; Yoo, J; Alhusseini, M; Blend, D; Dilsiz, K; Emediato, L; Karaman, G; Köseyan, O K; Merlo, J-P; Mestvirishvili, A; Neogi, O; Ogul, H; Onel, Y; Penzo, A; Snyder, C; Tiras, E; Blumenfeld, B; Corcodilos, L; Davis, J; Gritsan, A V; Kang, L; Kyriacou, S; Maksimovic, P; Roguljic, M; Roskes, J; Sekhar, S; Swartz, M; Abreu, A; Alcerro, L_F Alcerro; Anguiano, J; Escatel, S Arteaga; Baringer, P; Bean, A; Flowers, Z; Grove, D; King, J; Krintiras, G; Lazarovits, M; Mahieu, C Le; Marquez, J; Murray, M; Nickel, M; Pitt, M; Popescu, S; Rogan, C; Royon, C; Sanders, S; Smith, C; Wilson, G; Allmond, B; Gurunadha, R Gujju; Ivanov, A; Kaadze, K; Maravin, Y; Natoli, J; Roy, D; Sorrentino, G; Baden, A; Belloni, A; Bistany-riebman, J; Chen, Y M; Eno, S C; Hadley, N J; Jabeen, S; Kellogg, R G; Koeth, T; Kronheim, B; Lai, Y; Lascio, S; Mignerey, A C; Nabili, S; Palmer, C; Papageorgakis, C; Paranjpe, M M; Popova, E; Shevelev, A; Wang, L; Bendavid, J; Cali, I A; Chou, Pc; D’Alfonso, M; Eysermans, J; Freer, C; Gomez-Ceballos, G; Goncharov, M; Grosso, G; Harris, P; Hoang, D; Kovalskyi, D; Krupa, J; Lavezzo, L; Lee, Y-J; Long, K; Mcginn, C; Novak, A; Park, M I; Paus, C; Reissel, C; Roland, C; Roland, G; Rothman, S; Stephans, G_S F; Wang, Z; Wyslouch, B; Yang, T J; Crossman, B; Joshi, B M; Kapsiak, C; Krohn, M; Mahon, D; Mans, J; Marzocchi, B; Revering, M; Rusack, R; Saradhy, R; Strobbe, N; Bloom, K; Claes, D R; Haza, G; Hossain, J; Joo, C; Kravchenko, I; Rohilla, A; Siado, J E; Tabb, W; Vagnerini, A; Wightman, A; Yan, F; Yu, D; Bandyopadhyay, H; Hay, L; Hsia, H w; Iashvili, I; Kalogeropoulos, A; Kharchilava, A; Morris, M; Nguyen, D; Rappoccio, S; Sfar, H Rejeb; Williams, A; Young, P; Alverson, G; Barberis, E; Bonilla, J; Bylsma, B; Campana, M; Dervan, J; Haddad, Y; Han, Y; Israr, I; Krishna, A; Li, J; Lu, M; Madigan, G; Mccarthy, R; Morse, D M; Nguyen, V; Orimoto, T; Parker, A; Skinnari, L; Tsai, E; Wood, D; Bueghly, J; Dittmer, S; Hahn, K A; Li, D; Liu, Y; Mcginnis, M; Miao, Y; Monk, D G; Schmitt, M H; Taliercio, A; Velasco, M; Agarwal, G; Band, R; Bucci, R; Castells, S; Das, A; Goldouzian, R; Hildreth, M; Anampa, K Hurtado; Ivanov, T; Jessop, C; Lannon, K; Lawrence, J; Loukas, N; Lutton, L; Mariano, J; Marinelli, N; Mcalister, I; McCauley, T; Mcgrady, C; Moore, C; Musienko, Y; Nelson, H; Osherson, M; Piccinelli, A; Ruchti, R; Townsend, A; Wan, Y; Wayne, M; Yockey, H; Zarucki, M; Zygala, L; Basnet, A; Carrigan, M; Durkin, L S; Hill, C; Joyce, M; Ornelas, M Nunez; Wei, K; Wenzl, D A; Winer, B L; Yates, B R; Bouchamaoui, H; Coldham, K; Das, P; Dezoort, G; Elmer, P; Frankenthal, A; Greenberg, B; Haubrich, N; Kennedy, K; Kopp, G; Kwan, S; Lange, D; Loeliger, A; Marlow, D; Ojalvo, I; Olsen, J; Stickland, D; Tully, C; Vage, L H; Malik, S; Sharma, R; Bakshi, A S; Chandra, S; Chawla, R; Gu, A; Gutay, L; Jones, M; Jung, A W; Koshy, A M; Liu, M; Negro, G; Neumeister, N; Paspalaki, G; Piperov, S; Scheurer, V; Schulte, J F; Stojanovic, M; Thieman, J; Virdi, A K; Wang, F; Wildridge, A; Xie, W; Yao, Y; Dolen, J; Parashar, N; Pathak, A; Acosta, D; Carnahan, T; Ecklund, K M; Manteca, P_J Fernández; Freed, S; Gardner, P; Geurts, F_J M; Krommydas, I; Li, W; Lin, J; Colin, O Miguel; Padley, B P; Redjimi, R; Rotter, J; Yigitbasi, E; Zhang, Y; Bodek, A; de_Barbaro, P; Demina, R; Dulemba, J L; Garcia-Bellido, A; Hindrichs, O; Khukhunaishvili, A; Parmar, N; Parygin, P; Taus, R; Chiarito, B; Chou, J P; Clark, S V; Gadkari, D; Gershtein, Y; Halkiadakis, E; Heindl, M; Houghton, C; Jaroslawski, D; Konstantinou, S; Laflotte, I; Lath, A; Montalvo, R; Nash, K; Reichert, J; Routray, H; Saha, P; Salur, S; Schnetzer, S; Somalwar, S; Stone, R; Thayil, S A; Thomas, S; Vora, J; Wang, H; Ally, D; Delannoy, A G; Fiorendi, S; Higginbotham, S; Holmes, T; Kanuganti, A R; Karunarathna, N; Lee, L; Nibigira, E; Spanier, S; Aebi, D; Ahmad, M; Akhter, T; Androsov, K; Bouhali, O; Eusebi, R; Gilmore, J; Huang, T; Kamon, T; Kim, H; Luo, S; Mueller, R; Overton, D; Rathjens, D; Safonov, A; Akchurin, N; Damgov, J; Gogate, N; Hussain, A; Kazhykarim, Y; Lamichhane, K; Lee, S W; Mankel, A; Peltola, T; Volobouev, I; Appelt, E; Chen, Y; Greene, S; Gurrola, A; Johns, W; Elayavalli, R Kunnawalkam; Melo, A; Romeo, F; Sheldon, P; Tuo, S; Velkovska, J; Viinikainen, J; Cardwell, B; Chung, H; Cox, B; Hakala, J; Hirosky, R; Ledovskoy, A; Neu, C; Bhattacharya, S; Karchin, P E; Aravind, A; Banerjee, S; Black, K; Bose, T; Chavez, E; Dasu, S; Everaerts, P; Galloni, C; He, H; Herndon, M; Herve, A; Koraka, C K; Lanaro, A; Loveless, R; Sreekala, J Madhusudanan; Mallampalli, A; Mohammadi, A; Mondal, S; Parida, G; Pétré, L; Pinna, D; Savin, A; Shang, V; Sharma, V; Smith, W H; Teague, D; Tsoi, H F; Vetens, W; Warden, A; Afanasiev, S; Alexakhin, V; Budkouski, D; Golutvin, I; Gorbunov, I; Karjavine, V; Korenkov, V; Lanev, A; Malakhov, A; Matveev, V; Palichik, V; Perelygin, V; Savina, M; Shalaev, V; Shmatov, S; Shulha, S; Smirnov, V; Teryaev, O; Voytishin, N; Yuldashev, B S; Zarubin, A; Zhizhin, I; Gavrilov, G; Golovtcov, V; Ivanov, Y; Kim, V; Levchenko, P; Murzin, V; Oreshkin, V; Sosnov, D; Sulimov, V; Uvarov, L; Vorobyev, A; Andreev, Yu; Dermenev, A; Gninenko, S; Golubev, N; Karneyeu, A; Kirpichnikov, D; Kirsanov, M; Krasnikov, N; Tlisova, I; Toropin, A; Aushev, T; Ivanov, K; Gavrilov, V; Lychkovskaya, N; Nikitenko, A; Popov, V; Zhokin, A; Chistov, R; Danilov, M; Polikarpov, S; Andreev, V; Azarkin, M; Kirakosyan, M; Terkulov, A; Boos, E; Bunichev, V; Dubinin, M; Dudko, L; Klyukhin, V; Kodolova, O; Obraztsov, S; Perfilov, M; Petrushanko, S; Savrin, V; Volkov, P; Vorotnikov, G; Blinov, V; Dimova, T; Kozyrev, A; Radchenko, O; Skovpen, Y; Kachanov, V; Konstantinov, D; Slabospitskii, S; Uzunian, A; Babaev, A; Borshch, V; Druzhkin, D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>CMS Collaboration</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The European Physical Journal C</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1434-6052</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;A search is presented for the pair production of new heavy resonances, each decaying into a top quark (t) or antiquark and a gluon (g). The analysis uses data recorded with the CMS detector from proton–proton collisions at a center-of-mass energy of 13&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\,\text {Te}\hspace{-.08em}\text {V}$$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mspace/&gt;&lt;mtext&gt;Te&lt;/mtext&gt;&lt;mspace/&gt;&lt;mtext&gt;V&lt;/mtext&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;at the LHC, corresponding to an integrated luminosity of 138&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\,\text {fb}^{-1}$$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mspace/&gt;&lt;msup&gt;&lt;mtext&gt;fb&lt;/mtext&gt;&lt;mrow&gt;&lt;mo&gt;-&lt;/mo&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;/mrow&gt;&lt;/msup&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;. Events with one muon or electron, multiple jets, and missing transverse momentum are selected. After using a deep neural network to enrich the data sample with signal-like events, distributions in the scalar sum of the transverse momenta of all reconstructed objects are analyzed in the search for a signal. No significant deviations from the standard model prediction are found. Upper limits at 95% confidence level are set on the product of cross section and branching fraction squared for the pair production of excited top quarks in the&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\text {t}^{*} \rightarrow {\text {t}} {\text {g}} $$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mmultiscripts&gt;&lt;mtext&gt;t&lt;/mtext&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mrow/&gt;&lt;mo&gt;∗&lt;/mo&gt;&lt;/mrow&gt;&lt;/mmultiscripts&gt;&lt;mo&gt;→&lt;/mo&gt;&lt;mtext&gt;tg&lt;/mtext&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;decay channel. The upper limits range from 120 to 0.8&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\,\text {fb}$$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mspace/&gt;&lt;mtext&gt;fb&lt;/mtext&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;for a&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\text {t}^{*} $$&lt;/tex-math&gt;&lt;math&gt;&lt;mmultiscripts&gt;&lt;mtext&gt;t&lt;/mtext&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mrow/&gt;&lt;mo&gt;∗&lt;/mo&gt;&lt;/mrow&gt;&lt;/mmultiscripts&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;with spin-1/2 and from 15 to 1.0&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\,\text {fb}$$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mspace/&gt;&lt;mtext&gt;fb&lt;/mtext&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;for a&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\text {t}^{*} $$&lt;/tex-math&gt;&lt;math&gt;&lt;mmultiscripts&gt;&lt;mtext&gt;t&lt;/mtext&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mrow/&gt;&lt;mo&gt;∗&lt;/mo&gt;&lt;/mrow&gt;&lt;/mmultiscripts&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;with spin-3/2. These correspond to mass exclusion limits up to 1050 and 1700&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\,\text {Ge}\hspace{-.08em}\text {V}$$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mspace/&gt;&lt;mtext&gt;Ge&lt;/mtext&gt;&lt;mspace/&gt;&lt;mtext&gt;V&lt;/mtext&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;for spin-1/2 and spin-3/2&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\text {t}^{*} $$&lt;/tex-math&gt;&lt;math&gt;&lt;mmultiscripts&gt;&lt;mtext&gt;t&lt;/mtext&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mrow/&gt;&lt;mo&gt;∗&lt;/mo&gt;&lt;/mrow&gt;&lt;/mmultiscripts&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;particles, respectively. These are the most stringent limits to date on the existence of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$\text {t}^{*} \rightarrow {\text {t}} {\text {g}} $$&lt;/tex-math&gt;&lt;math&gt;&lt;mrow&gt;&lt;mmultiscripts&gt;&lt;mtext&gt;t&lt;/mtext&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mrow/&gt;&lt;mo&gt;∗&lt;/mo&gt;&lt;/mrow&gt;&lt;/mmultiscripts&gt;&lt;mo&gt;→&lt;/mo&gt;&lt;mtext&gt;tg&lt;/mtext&gt;&lt;/mrow&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;resonances.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2208803; 2121686</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>