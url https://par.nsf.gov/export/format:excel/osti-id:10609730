--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -110,51 +110,51 @@
   <si>
     <t>10609730</t>
   </si>
   <si>
     <t>https://doi.org/10.1101/2024.09.05.611506</t>
   </si>
   <si>
     <t>Increasing prevalence of plant-fungal symbiosis across two centuries of environmental change</t>
   </si>
   <si>
     <t>Fowler, Joshua C; Moutouama, Jacob; Miller, Tom EX</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-09-10T04:00:00Z</t>
   </si>
   <si>
     <t>&lt;p&gt;Species' distributions and abundances are shifting in response to climate change. Most species harbor microbial symbionts that have the potential to influence these responses. Mutualistic microbial symbionts may provide resilience to environmental change by protecting their hosts from increasing stress. However, environmental change that disrupts these interactions may lead to declines in hosts or symbionts. Microbes preserved within herbarium specimens offer a unique opportunity to quantify changes in microbial symbiosis across broad temporal and spatial scales. We asked how the prevalence of seed-transmitted fungal symbionts of grasses (Epichloe endophytes), which can protect hosts from abiotic stress, have changed over time in response to climate change, and how these changes vary across host species' ranges. Specifically, we analyzed 2,346 herbarium specimens of three grass host species collected over the last two centuries (1824 -- 2019) for the presence or absence of endophyte symbiosis, and evaluated spatial and temporal trends in endophyte prevalence. We found that endophytes increased in prevalence over the last two centuries from ca. 25% prevalence to ca. 75% prevalence, on average, across three host species. We also found that changes in prevalence were associated with observed changes in seasonal climate drivers; notably increasing precipitation corresponding to each host species' peak growing season and changes in off-peak season variability in precipitation. Our analysis performed favorably in an out-of-sample predictive test with contemporary data, however we identified greater local-scale variability in endophyte prevalence in contemporary data compared to historic data, suggesting that model fusion may be an important step moving forward. Our results provide novel evidence for a cryptic biological response to climate change that may contribute to the resilience of host-microbe symbiosis through context-dependent benefits that confer a fitness advantage to symbiotic hosts under environmental change.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2208857</t>
+    <t>2208857; 1754468</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Posted Content</t>
   </si>
   <si>
     <t>bioRxiv</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -317,46 +317,44 @@
       </c>
       <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
-      <c r="Z2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>