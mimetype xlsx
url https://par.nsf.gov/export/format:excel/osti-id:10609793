--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10609793</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/adc5e3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Lack of Rest-frame Ultraviolet Variability in Little Red Dots Based on HST and JWST Observations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tee, Wei Leong; Fan, Xiaohui; Wang, Feige; Yang, Jinyi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-09T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>983</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L26</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Variability is a fundamental signature for active galactic nuclei (AGN) activity and serves as an unbiased indicator for rapid instability happening near the center of supermassive black holes (SMBHs). Previous studies showed that AGN variability does not have strong redshift evolution, and scales with their bolometric luminosity and BH mass, making it a powerful probe to identify low-mass, low-luminosity AGNs at high redshift. JWST has discovered a new population of high-redshift galaxies likely hosting moderate accreting BHs (&gt;10&lt;sup&gt;6&lt;/sup&gt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;)—the little red dots (LRDs;&lt;italic&gt;z&lt;/italic&gt; ∼ 4–10). In this Letter, we study the variability of a sample of 22 LRDs with V-shaped spectral energy distributions in three JWST deep fields that also have reliable Hubble Space Telescope observations in closely paired filters at 1–2&lt;italic&gt;μ&lt;/italic&gt;m (rest-frame UV), with the time difference between 6 and 11 yr. This LRD sample covers a redshift range of 3 &lt; &lt;italic&gt;z&lt;/italic&gt; &lt; 8 with −21.3 &lt; &lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;UV&lt;/sub&gt; &lt; −18.4. Based on both photometry and imaging difference analyses, we find a mean magnitude difference of ∼0.15 ± 0.26 mag, with none of the LRDs showing photometric variability at 3&lt;italic&gt;σ&lt;/italic&gt;significance. Extrapolation of Sloan Digital Sky Survey quasar variability predicts a magnitude change of order 0.3 mag for our LRD sample. This suggests an upper limit of about ∼30% AGN contribution to the total observed UV light in our sample of LRDs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2308258; 2513040</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ApJ</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>