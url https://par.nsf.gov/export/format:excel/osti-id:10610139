--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-29T04:00:00Z</t>
   </si>
   <si>
     <t>Philosophical Transactions of the Royal Society B: Biological Sciences</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>0962-8436</t>
   </si>
   <si>
     <t>&lt;p&gt;Abiotic stresses such as drought, heat, cold, salinity and flooding significantly impact plant growth, development and productivity. As the planet has warmed, these abiotic stresses have increased in frequency and intensity, affecting the global food supply and making it imperative to develop stress-resilient crops. In the past 20 years, the development of omics technologies has contributed to the growth of datasets for plants grown under a wide range of abiotic environments. Integration of these rapidly growing data using machine-learning (ML) approaches can complement existing breeding efforts by providing insights into the mechanisms underlying plant responses to stressful conditions, which can be used to guide the design of resilient crops. In this review, we introduce ML approaches and provide examples of how researchers use these approaches to predict molecular activities, gene functions and genotype responses under stressful conditions. Finally, we consider the potential and challenges of using such approaches to enable the design of crops that are better suited to a changing environment.&lt;/p&gt; &lt;p&gt;This article is part of the theme issue ‘Crops under stress: can we mitigate the impacts of climate change on agriculture and launch the ‘Resilience Revolution’?’.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2210431</t>
+    <t>2210431; 2218206</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Philos Trans R Soc Lond B Biol Sci</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>