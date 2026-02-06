--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10610255</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1080/13552074.2024.2415224</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Promoting youth advocacy for resilience to disasters: a pilot study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hyde, Allen; Alemdar, Meltem; OConnell, Katie; Omunga, Philip; Reckner, Michelle; Loukissas, Yanni; Tien, Iris; Yousufi, Mohsin; Botchwey, Nisha; Chatman, Olivia; Clayton, Kamiya; McClain, Mildred; Shabazz, Mustafa; Branch, Blaine</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Satija, S; Ghosh, A</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Gender &amp; Development</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>749 to 772</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1355-2074</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Through Youth Advocacy for Resilience to Disasters (YARDs), we offer a case study of a middle-school science, technology, engineering, art, and mathematics (STEAM) programme to engage youth in disaster resilience planning through mapmaking and advocacy. From 2021 to 2023, we designed and implemented a 14-session curriculum that empowers middle-school youth (ages 11–14) to advocate for infrastructural improvements that can benefit their communities by learning about disaster resilience from the perspective of environmental justice and equity. Youth explore virtual mapmaking and data visualisation to understand the assets and vulnerabilities in their communities related to disasters. Finally, they develop an action plan and present their plan to local civic and government leaders to advocate for change. This curriculum was piloted as an after-school programme in the fall of 2022 and twice as a summer camp in 2022 and 2023. Results from student surveys, field note observations, and focus groups show that there was increased self-efficacy among the participants for advocacy behaviours related to natural disasters and an increase in their understanding of and feelings of importance of the programme topics. This article can help inform others working with youth on successes and challenges with programme development around disaster resilience.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2133233</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Routledge</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>