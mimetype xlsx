--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10610261</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Catalysts and Barriers to the Adoption of New Innovation Methods</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Helms, Michael E; Sjolund, Kristoffer G; Linsey, Julie S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Academics have developed a wide range of tools and methods to support innovation and the product development process.  Unfortunately, few of these methods and tools have been widely adopted in industry.  The current work seeks to identify what catalyzes and blocks the adoption of R&amp;D innovation tools and methods in large organizations.  Semi-structured exploratory interviews were conducted at several U.S.-based Fortune 500 companies. Interviewees include executives, managers, and individual contributors. Future work includes interviews with at least two more organizations with at least eight to ten individuals per organization.  Initial interviews were transcribed, and open coding sought themes (commonly called categories) containing the catalysts and barriers.  Initial findings indicate six themes that catalyze adoption: Confidence in the Method, Characteristics of the Method, Characteristics of the Practitioner, Practitioner Benefits, Leadership, and Organization. Barriers identified include Organization, Characteristics of the Method, Characteristics of the Practitioner, and Practitioner Drawbacks.This is an example of the abstract style. The abstract should be between 100 and 150 words.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2230550</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>XXXVI ISPIM Innovation Conference</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Bergen, Norway</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>