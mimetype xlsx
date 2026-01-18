--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -119,51 +119,51 @@
   <si>
     <t>Cass, Robert; Xu, Yujie</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Forum of Mathematics, Sigma</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2050-5094</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We geometrize the mod&lt;italic&gt;p&lt;/italic&gt;Satake isomorphism of Herzig and Henniart–Vignéras using Witt vector affine flag varieties for reductive groups in mixed characteristic. We deduce this as a special case of a formula, stated in terms of the geometry of generalized Mirković–Vilonen cycles, for the Satake transform of an arbitrary parahoric mod&lt;italic&gt;p&lt;/italic&gt;Hecke algebra with respect to an arbitrary Levi subgroup. Moreover, we prove an explicit formula for the convolution product in an arbitrary parahoric mod&lt;italic&gt;p&lt;/italic&gt;Hecke algebra. Our methods involve the constant term functors inspired from the geometric Langlands program, and we also treat the case of reductive groups in equal characteristic. We expect this to be a first step toward a geometrization of a mod&lt;italic&gt;p&lt;/italic&gt;Local Langlands Correspondence.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1840234</t>
+    <t>1840234; 2103200</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Cambridge University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>