--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10611093</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1073/pnas.2413503122</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Transferring climate change physical knowledge</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Immorlano, Francesco; Eyring, Veronika; le_Monnier_de_Gouville, Thomas; Accarino, Gabriele; Elia, Donatello; Mandt, Stephan; Aloisio, Giovanni; Gentine, Pierre</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0027-8424</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Precise and reliable climate projections are required for climate adaptation and mitigation, but Earth system models still exhibit great uncertainties. Several approaches have been developed to reduce the spread of climate projections and feedbacks, yet those methods cannot capture the nonlinear complexity inherent in the climate system. Using a Transfer Learning approach, we show that Machine Learning can be used to optimally leverage and merge the knowledge gained from global temperature maps simulated by Earth system models and observed in the historical period to reduce the spread of global surface air temperature fields projected in the 21st century. We reach an uncertainty reduction of more than 50% with respect to state-of-the-art approaches while giving evidence that our method provides improved regional temperature patterns together with narrower projections uncertainty, urgently required for climate adaptation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2019625; 2047418; 2007719</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>PNAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>