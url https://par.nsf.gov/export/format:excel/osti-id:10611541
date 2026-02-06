--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10611541</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.25300/misq/2024/17115</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Automated Analysis of Changes in Privacy Policies: A Structured Self-Attentive Sentence Embedding Approach</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lin, Fangyu; Samtani, Sagar; Zhu, Hongyi; Brandimarte, Laura; Chen, Hsinchun</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>MIS Quarterly</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1453 to 1482</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0276-7783</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The increasing societal concern for consumer information privacy has led to the enforcement of privacy regulations worldwide. In an effort to adhere to privacy regulations such as the General Data Protection Regulation (GDPR), many companies’ privacy policies have become increasingly lengthy and complex. In this study, we adopted the computational design science paradigm to design a novel privacy policy evolution analytics framework to help identify how companies change and present their privacy policies based on privacy regulations. The framework includes a self-attentive annotation system (SAAS) that automatically annotates paragraph-length segments in privacy policies to help stakeholders identify data practices of interest for further investigation. We rigorously evaluated SAAS against state-of-the-art machine learning (ML) and deep learning (DL)-based methods on a well-established privacy policy dataset, OPP-115. SAAS outperformed conventional ML and DL models in terms of F1-score by statistically significant margins. We demonstrate the proposed framework’s practical utility with an in-depth case study of GDPR’s impact on Amazon’s privacy policies. The case study results indicate that Amazon’s post-GDPR privacy policy potentially violates a fundamental principle of GDPR by causing consumers to exert more effort to find information about first-party data collection. Given the increasing importance of consumer information privacy, the proposed framework has important implications for regulators and companies. We discuss several design principles followed by the SAAS that can help guide future design science-based e-commerce, health, and privacy research.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2338479; 2319325; 1946537</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MIS Quarterly</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>