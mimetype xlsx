--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10611546</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3603507</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Evading Anti-Phishing Models: A Field Note Documenting an Experience in the Machine Learning Security Evasion Competition 2022</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gao, Yang; Ampel, Benjamin M; Samtani, Sagar</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Digital Threats: Research and Practice</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 8</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2692-1626</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Although machine learning-based anti-phishing detectors have provided promising results in phishing website detection, they remain vulnerable to evasion attacks. The Machine Learning Security Evasion Competition 2022 (MLSEC 2022) provides researchers and practitioners with the opportunity to deploy evasion attacks against anti-phishing machine learning models in real-world settings. In this field note, we share our experience participating in MLSEC 2022. We manipulated the source code of ten phishing HTML pages provided by the competition using obfuscation techniques to evade anti-phishing models. Our evasion attacks employing a benign overlap strategy achieved third place in the competition with 46 out of a potential 80 points. The results of our MLSEC 2022 performance can provide valuable insights for research seeking to robustify machine learning-based anti-phishing detectors.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2338479; 2319325; 1946537; 1917117</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM Digital Threats: Research and Practice</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>