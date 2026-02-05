--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10611552</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.25300/MISQ/2023/17316</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Creating Proactive Cyber Threat Intelligence with Hacker Exploit Labels: A Deep Transfer Learning Approach</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ampel, Benjamin; Samtani, Sagar; Zhu, Hongyi; Chen, Hsinchun</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>MIS Quarterly</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>137 to 166</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0276-7783</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The rapid proliferation of complex information systems has been met by an ever-increasing quantity of exploits that can cause irreparable cyber breaches. To mitigate these cyber threats, academia and industry have placed a significant focus on proactively identifying and labeling exploits developed by the international hacker community. However, prevailing approaches for labeling exploits in hacker forums do not leverage metadata from exploit darknet markets or public exploit repositories to enhance labeling performance. In this study, we adopted the computational design science paradigm to develop a novel information technology artifact, the deep transfer learning exploit labeler (DTL-EL). DTL-EL incorporates a pre-initialization design, multi-layer deep transfer learning (DTL), and a self-attention mechanism to automatically label exploits in hacker forums. We rigorously evaluated the proposed DTL-EL against state-of-the-art non-DTL benchmark methods based in classical machine learning and deep learning. Results suggest that the proposed DTL-EL significantly outperforms benchmark methods based on accuracy, precision, recall, and F1-score. Our proposed DTL-EL framework provides important practical implications for key stakeholders such as cybersecurity managers, analysts, and educators.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2338479; 2319325; 2041770; 1946537; 2038483; 1917117; 1850362; 2515192; 1921485</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MIS Quarterly</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>