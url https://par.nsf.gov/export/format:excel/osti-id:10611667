--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -110,51 +110,51 @@
   <si>
     <t>10611667</t>
   </si>
   <si>
     <t>https://doi.org/10.24251/hicss.2025.363</t>
   </si>
   <si>
     <t>Safe Control of Grid-Interfacing Inverters with Current Magnitude Limits</t>
   </si>
   <si>
     <t>Joswig-Jones, Trager; Zhang, Baosen</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>2572-6862</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2153937; 1942326</t>
+    <t>2153937; 1942326; 2023531</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>Hawaii International Conference on System Sciences</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>