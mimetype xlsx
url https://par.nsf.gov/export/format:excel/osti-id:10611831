--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10611831</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ad9820</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Stellar Metallicities from DECam u-band Photometry: A Study of Milky Way Ultra-faint Dwarf Galaxies</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pan, Yue; Chiti, Anirudh; Drlica-Wagner, Alex; Ji, Alexander P; Li, Ting S; Limberg, Guilherme; Tucker, Douglas L; Allam, Sahar</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-26T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>978</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We conducted an in-depth analysis of candidate member stars located in the peripheries of three ultra-faint dwarf (UFD) galaxy satellites of the Milky Way (MW): Boötes I (Boo1), Boötes II (Boo2), and Segue I (Seg1). Studying these peripheral stars has previously been difficult due to contamination from the MW foreground. We used&lt;italic&gt;u&lt;/italic&gt;-band photometry from the Dark Energy Camera (DECam) to derive metallicities to efficiently select UFD candidate member stars. This approach was validated on Boo1, where we identified both previously known and new candidate member stars beyond five half-light radii. We then applied a similar procedure to Boo2 and Seg1. Our findings hinted at evidence for tidal features in Boo1 and Seg1, with Boo1 having an elongation consistent with its proper motion and Seg1 showing some distant candidate stars, a few of which are along its elongation and proper motion. We find two Boo2 stars at large distances consistent with being candidate member stars. Using a foreground contamination rate derived from the Besançon Galaxy model, we ascribed purity estimates to each candidate member star. We recommend further spectroscopic studies on the newly identified high-purity members. Our technique offers promise for future endeavors to detect candidate member stars at large radii in other systems, leveraging metallicity-sensitive filters with the Legacy Survey of Space and Time and the new, narrowband Ca HK filter on DECam.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2307599; 2307126; 2006340; 2108168</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>