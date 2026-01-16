--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="74">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,192 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10611911</t>
-[...8 lines deleted...]
-    <t>Whisnant, Angelica S; Povich, Matthew S; Patten, Nikhil; Kobulnicky, Henry A</t>
+    <t>10410413</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s44183-022-00007-1</t>
+  </si>
+  <si>
+    <t>An evolution towards scientific consensus for a sustainable ocean future</t>
+  </si>
+  <si>
+    <t>Gaill, Françoise; Brodie Rudolph, Tanya; Lebleu, Lara; Allemand, Denis; Blasiak, Robert; Cheung, William W.; Claudet, Joachim; Gerhardinger, Leopoldo Cavaleri; Le Bris, Nadine; Levin, Lisa; Pörtner, Hans- Otto; Visbeck, Martin; Zivian, Anna; Bahurel, Pierre; Bopp, Laurent; Bowler, Chris; Chlous, Frédérique; Cury, Philippe; Gascuel, Didier; Goyet, Sylvie; Hilmi, Nathalie; Ménard, Frédéric; Micheli, Fiorenza; Mullineaux, Lauren; Parmentier, Rémi; Sicre, Marie-Alexandrine; Speich, Sabrina; Thébaud, Olivier; Thiele, Torsten; Bowler, Martha; Charvis, Philippe; Cuvelier, Raphael; Houllier, François; Palazot, Sarah; Staub, Francis; Poivre d’Arvor, Olivier</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-05-27T04:00:00Z</t>
-[...5 lines deleted...]
-    <t>169</t>
+    <t>2022-12-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>npj Ocean Sustainability</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>2731-426X</t>
+  </si>
+  <si>
+    <t>Abstract            The ocean has recently taken centre stage in the global geopolitical landscape. Despite rising challenges to the effectiveness of multilateralism, attention to ocean issues appears as an opportunity to co-create pathways to ocean sustainability at multiple levels. The ocean science community, however, is not sufficiently well organised to advance these pathways and provide policy input. The Intergovernmental Panel on Climate Change and the Intergovernmental Science-Policy Platform on Biodiversity and Ecosystem Services demonstrate how knowledge consensus and integration have been instrumental in charting global pathways and eliciting commitments to address, respectively, climate change and biodiversity loss. An equally impactful global platform with a thematic focus on ocean sustainability is needed. Here we introduce the International Panel for Ocean Sustainability (IPOS) as a coordinating mechanism to integrate knowledge systems to forge a bridge across ocean science-policy divides collectively. The IPOS will enrich the global policy debate in the Ocean Decade and support a shift toward ocean sustainability.</t>
+  </si>
+  <si>
+    <t>National Science Foundation</t>
+  </si>
+  <si>
+    <t>1947735; 2152453</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>10170581</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3389/fmars.2019.00471</t>
+  </si>
+  <si>
+    <t>What We Have Learned From the Framework for Ocean Observing: Evolution of the Global Ocean Observing System</t>
+  </si>
+  <si>
+    <t>Tanhua, Toste; McCurdy, Andrea; Fischer, Albert; Appeltans, Ward; Bax, Nicholas; Currie, Kim; DeYoung, Brad; Dunn, Daniel; Heslop, Emma; Glover, Linda K.; Gunn, John; Hill, Katherine; Ishii, Masao; Legler, David; Lindstrom, Eric; Miloslavich, Patricia; Moltmann, Tim; Nolan, Glenn; Palacz, Artur; Simmons, Samantha; Sloyan, Bernadette; Smith, Leslie M.; Smith, Neville; Telszewski, Maciej; Visbeck, Martin; Wilkin, John</t>
+  </si>
+  <si>
+    <t>2019-08-20T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Frontiers in Marine Science</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>337</t>
-[...20 lines deleted...]
-    <t>AAS Journals</t>
+    <t>2296-7745</t>
+  </si>
+  <si>
+    <t>1840868</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>10225490</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.oneear.2019.10.012</t>
+  </si>
+  <si>
+    <t>A Roadmap for Using the UN Decade of Ocean Science for Sustainable Development in Support of Science, Policy, and Action</t>
+  </si>
+  <si>
+    <t>Claudet, Joachim; Bopp, Laurent; Cheung, William W.L.; Devillers, Rodolphe; Escobar-Briones, Elva; Haugan, Peter; Heymans, Johanna J.; Masson-Delmotte, Valérie; Matz-Lück, Nele; Miloslavich, Patricia; Mullineaux, Lauren; Visbeck, Martin; Watson, Robert; Zivian, Anna Milena; Ansorge, Isabelle; Araujo, Moacyr; Aricò, Salvatore; Bailly, Denis; Barbière, Julian; Barnerias, Cyrille; Bowler, Chris; Brun, Victor; Cazenave, Anny; Diver, Cameron; Euzen, Agathe; Gaye, Amadou Thierno; Hilmi, Nathalie; Ménard, Frédéric; Moulin, Cyril; Muñoz, Norma Patricia; Parmentier, Rémi; Pebayle, Antoine; Pörtner, Hans-Otto; Osvaldina, Silva; Ricard, Patricia; Santos, Ricardo Serrão; Sicre, Marie-Alexandrine; Thiébault, Stéphanie; Thiele, Torsten; Troublé, Romain; Turra, Alexander; Uku, Jacqueline; Gaill, Françoise</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2020-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>One Earth</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>34 to 42</t>
+  </si>
+  <si>
+    <t>2590-3322</t>
+  </si>
+  <si>
+    <t>1829773; 1947735</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>10274992</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1175/BAMS-D-20-0105.1</t>
+  </si>
+  <si>
+    <t>Global Oceans</t>
+  </si>
+  <si>
+    <t>Baringer, Molly; Bif, Mariana B.; Boyer, Tim; Bushinsky, Seth M.; Carter, Brendan R.; Cetinić, Ivona; Chambers, Don P.; Cheng, Lijing; Chiba, Sanai; Dai, Minhan; Domingues, Catia M.; Dong, Shenfu; Fassbender, Andrea J.; Feely, Richard A.; Frajka-Williams, Eleanor; Franz, Bryan A.; Gilson, John; Goni, Gustavo; Hamlington, Benjamin D.; Hu, Zeng-Zhen; Huang, Boyin; Ishii, Masayoshi; Jevrejeva, Svetlana; Johns, William E.; Johnson, Gregory C.; Johnson, Kenneth S.; Kennedy, John; Kersalé, Marion; Killick, Rachel E.; Landschützer, Peter; Lankhorst, Matthias; Lee, Tong; Leuliette, Eric; Li, Feili; Lindstrom, Eric; Locarnini, Ricardo; Lozier, Susan; Lyman, John M.; Marra, John J.; Meinen, Christopher S.; Merrifield, Mark A.; Mitchum, Gary T.; Moat, Ben; Monselesan, Didier; Nerem, R. Steven; Perez, Renellys C.; Purkey, Sarah G.; Rayner, Darren; Reagan, James; Rome, Nicholas; Sanchez-Franks, Alejandra; Schmid, Claudia; Scott, Joel P.; Send, Uwe; Siegel, David A.; Smeed, David A.; Speich, Sabrina; Stackhouse, Paul W.; Sweet, William; Takeshita, Yuichiro; Thompson, Philip R.; Triñanes, Joaquin A.; Visbeck, Martin; Volkov, Denis L.; Wanninkhof, Rik; Weller, Robert A.; Westberry, Toby K.; Widlansky, Matthew J.; Wijffels, Susan E.; Wilber, Anne C.; Yu, Lisan; Yu, Weidong; Zhang, Huai-Min</t>
+  </si>
+  <si>
+    <t>Lumpkin, Rick</t>
+  </si>
+  <si>
+    <t>2020-08-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Bulletin of the American Meteorological Society</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>S129 to S184</t>
+  </si>
+  <si>
+    <t>0003-0007</t>
+  </si>
+  <si>
+    <t>1936222; 1926008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -188,51 +281,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="1">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="1">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="1">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="1">
@@ -303,83 +396,273 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
+    </row>
+    <row r="3">
+      <c r="A3" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="C3" t="s" s="0">
+        <v>42</v>
+      </c>
+      <c r="D3" t="s" s="0">
+        <v>43</v>
+      </c>
+      <c r="E3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G3" t="s" s="0">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="I3" t="s" s="0">
+        <v>46</v>
+      </c>
+      <c r="J3" s="0"/>
+      <c r="K3" s="0"/>
+      <c r="L3" t="s" s="0">
+        <v>47</v>
+      </c>
+      <c r="M3" s="0"/>
+      <c r="N3" s="0"/>
+      <c r="O3" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s" s="0">
+        <v>48</v>
+      </c>
+      <c r="Q3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R3" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="S3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U3" s="0"/>
+      <c r="V3" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="W3" s="0"/>
+      <c r="X3" s="0"/>
+      <c r="Y3" s="0"/>
+      <c r="Z3" s="0"/>
+    </row>
+    <row r="4">
+      <c r="A4" t="s" s="0">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s" s="0">
+        <v>51</v>
+      </c>
+      <c r="C4" t="s" s="0">
+        <v>52</v>
+      </c>
+      <c r="D4" t="s" s="0">
+        <v>53</v>
+      </c>
+      <c r="E4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s" s="0">
+        <v>54</v>
+      </c>
+      <c r="G4" t="s" s="0">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s" s="0">
+        <v>56</v>
+      </c>
+      <c r="I4" t="s" s="0">
+        <v>57</v>
+      </c>
+      <c r="J4" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="L4" t="s" s="0">
+        <v>59</v>
+      </c>
+      <c r="M4" s="0"/>
+      <c r="N4" s="0"/>
+      <c r="O4" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s" s="0">
+        <v>60</v>
+      </c>
+      <c r="Q4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R4" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="S4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U4" s="0"/>
+      <c r="V4" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="W4" s="0"/>
+      <c r="X4" s="0"/>
+      <c r="Y4" s="0"/>
+      <c r="Z4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" t="s" s="0">
+        <v>62</v>
+      </c>
+      <c r="B5" t="s" s="0">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s" s="0">
+        <v>64</v>
+      </c>
+      <c r="D5" t="s" s="0">
+        <v>65</v>
+      </c>
+      <c r="E5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s" s="0">
+        <v>66</v>
+      </c>
+      <c r="G5" t="s" s="0">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s" s="0">
+        <v>68</v>
+      </c>
+      <c r="I5" t="s" s="0">
+        <v>69</v>
+      </c>
+      <c r="J5" t="s" s="0">
+        <v>70</v>
+      </c>
+      <c r="K5" t="s" s="0">
+        <v>71</v>
+      </c>
+      <c r="L5" t="s" s="0">
+        <v>72</v>
+      </c>
+      <c r="M5" s="0"/>
+      <c r="N5" s="0"/>
+      <c r="O5" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="P5" t="s" s="0">
+        <v>73</v>
+      </c>
+      <c r="Q5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R5" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="S5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U5" s="0"/>
+      <c r="V5" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="W5" s="0"/>
+      <c r="X5" s="0"/>
+      <c r="Y5" s="0"/>
+      <c r="Z5" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>