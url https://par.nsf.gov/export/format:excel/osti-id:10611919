--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10611919</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.14778/3712221.3712229</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>RDPro : Distributed Processing of Big Raster Data: [Scalable Data Science]</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shang, Zhuocheng; Singla, Samriddhi; Eldawy, Ahmed; Scudiero, Elia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the VLDB Endowment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>613 to 622</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2150-8097</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Advancements in remote sensing technology allowed for collecting vast amounts of satellite and aerial imagery with up to 1 cm pixel resolutions, stored in raster format crucial for various research fields. However, processing this data poses challenges, including resolving data dependencies when location, resolution, and coordinate systems do not align and managing large datasets within memory constraints. This paper introduces RDPro, a novel Spark-based system that efficiently processes and analyzes large raster datasets. RDPro features a new data model tailored for data dependencies in a distributed, shared-nothing environment, complete with tools for loading and writing raster data. It also optimizes core raster operations within Spark, allowing users to integrate complex data science workflows. Comparative analysis shows RDPro outperforms existing systems by up to two orders of magnitude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2046236</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM Digital Library</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>