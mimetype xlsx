--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,192 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="37">
-[...140 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -206,183 +65,334 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...57 lines deleted...]
-        <v>36</v>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10611925</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Geospatial Computing from Data Lakes to Deep Learning Applications</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Saeedan, Majid</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-20T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This thesis explores geospatial vector data, including geometric shapes such as
+points, lines, and polygons. This data is crucial in navigation, urban planning, and many
+more applications. Geospatial computing is a multidisciplinary field that focuses on creating
+techniques and tools to handle large geospatial datasets.
+Given the reliance on data lakes to store large data sets in their raw formats, it
+is critical to have full support for geospatial datasets to enable scalable processing. To
+address this, we make two contributions in this area. First, we propose a column-oriented
+binary format called Spatial Parquet, which integrates geospatial vector data into Apache
+Parquet that enables significant data compression and efficient querying. Second, to improve
+support for semi-structured data, we introduce a distributed JSON processor for scalable
+SQL queries on large JSON datasets, including GeoJSON. It processes complex datasets
+like Open Street Map with features such as projection and filter push-down.
+Advances in Deep Learning (DL), including foundation models and Large Language Models (LLMs), offer opportunities for geospatial data analysis. We make three main contributions in this area. First, we study how to design DL models that can express a wide
+range of geospatial functions. We explore three representations: an image-based representa-
+tion using geo-referenced histograms (GeoImg), a graph-based point-set representation (Ge-
+oGraph), and a vector-based representation using a Fourier encoder (GeoVec). We formal-
+ize these representations and design corresponding models: ResNet and UNet for the first,
+PointNet++ for the second, and Poly2Vec with Transformers for the third. We evaluate all
+approaches on four spatial problems, showing the accuracy and effectiveness of the three
+approaches. Second, we create a benchmark called GS-QA for evaluating spatial question-
+answering with LLMs. A semi-automated process generates diverse question-answer pairs
+that cover various spatial objects, predicates, and complexities. An evaluation methodology
+is suggested with some experiments. Finally, a prototype for generating geospatial vector
+data from text prompts, called GeoGen I, is proposed. It has potential for applications
+such as spatial interpolation, data augmentation, and change analysis. We adapt diffusion
+models, traditionally used for generating realistic images, as geospatial data generators. We
+also explore their use for similarity search through geospatial data embeddings, highlighting
+the potential of vector databases in this domain.
+This thesis advances geospatial data processing, storage, analysis, and generation,
+opening new research pathways in geospatial computing.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2046236</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dissertation</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>UC Riverside</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>UC Riverside</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>