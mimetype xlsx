--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-04-10T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present first results from James Webb Space Telescope Near-Infrared Spectrograph, Mid-Infrared Instrument, and Keck Cosmic Webb Imager integral field spectroscopy of the powerful but highly obscured host galaxy of the jetted radio source Cygnus A. We detect 169 infrared emission lines at 1.7–27&lt;italic&gt;μ&lt;/italic&gt;m and explore the kinematics and physical properties of the extended narrow-line region (NLR) in unprecedented detail. The density-stratified NLR appears to be shaped by the initial blow-out and ongoing interaction of the radio jet with the interstellar medium, creating a multiphase bicone with a layered structure composed of molecular and ionized gas. The NLR spectrum, with strong coronal emission at kiloparsec scale, is well modeled by active galactic nucleus photoionization. We find evidence that the NLR is rotating around the radio axis, perhaps mediated by magnetic fields and driven by angular momentum transfer from the radio jet. The overall velocity field of the NLR is well described by 250 km s&lt;sup&gt;−1&lt;/sup&gt;outflow along biconical spiral flow lines, combining both rotation and outflow signatures. There is particularly bright [Fe&lt;sc&gt;ii&lt;/sc&gt;]&lt;italic&gt;λ&lt;/italic&gt;1.644&lt;italic&gt;μ&lt;/italic&gt;m emission from a dense, high-velocity dispersion, photoionized clump of clouds found near the projected radio axis. Outflows of 600–2000 km s&lt;sup&gt;−1&lt;/sup&gt;are found in bullets and streamers of ionized gas that may be ablated by the radio jet from these clouds, driving a local outflow rate of 40&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;yr&lt;sup&gt;−1&lt;/sup&gt;.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2239807</t>
+    <t>2239807; 2009416</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Astronomical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>