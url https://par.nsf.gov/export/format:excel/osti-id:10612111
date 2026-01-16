--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -125,51 +125,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of High Energy Physics</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1029-8479</t>
   </si>
   <si>
     <t>&lt;title&gt;A&lt;sc&gt;bstract&lt;/sc&gt;&lt;/title&gt; &lt;p&gt;The first FASER search for a light, long-lived particle decaying into a pair of photons is reported. The search uses LHC proton-proton collision data at&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$ \sqrt{s} $$&lt;/tex-math&gt;&lt;math&gt;&lt;msqrt&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;/msqrt&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;= 13&lt;italic&gt;.&lt;/italic&gt;6 TeV collected in 2022 and 2023, corresponding to an integrated luminosity of 57&lt;italic&gt;.&lt;/italic&gt;7 fb&lt;sup&gt;&lt;italic&gt;−&lt;/italic&gt;1&lt;/sup&gt;. A model with axion-like particles (ALPs) dominantly coupled to weak gauge bosons is the primary target. Signal events are characterised by high-energy deposits in the electromagnetic calorimeter and no signal in the veto scintillators. One event is observed, compared to a background expectation of 0&lt;italic&gt;.&lt;/italic&gt;44 ± 0&lt;italic&gt;.&lt;/italic&gt;39 events, which is entirely dominated by neutrino interactions. World-leading constraints on ALPs are obtained for masses up to 300 MeV and couplings to the Standard Model W gauge boson,&lt;italic&gt;g&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;aWW&lt;/italic&gt;&lt;/sub&gt;, around 10&lt;sup&gt;&lt;italic&gt;−&lt;/italic&gt;4&lt;/sup&gt;GeV&lt;sup&gt;&lt;italic&gt;−&lt;/italic&gt;1&lt;/sup&gt;, testing a previously unexplored region of parameter space. Other new particle models that lead to the same experimental signature, including ALPs coupled to gluons or photons, U(1)&lt;sub&gt;&lt;italic&gt;B&lt;/italic&gt;&lt;/sub&gt;gauge bosons, up-philic scalars, and a Type-I two-Higgs doublet model, are also considered for interpretation, and new constraints on previously viable parameter space are presented in this paper.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2210283; 2111427</t>
+    <t>2210283; 2111427; 2110929</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>JHEP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>