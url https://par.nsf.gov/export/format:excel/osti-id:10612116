--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-17T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the ACM on Management of Data</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1 to 28</t>
   </si>
   <si>
     <t>2836-6573</t>
   </si>
   <si>
     <t>&lt;p&gt;Log-Structured Merge-tree-based Key-Value Stores (LSM-KVS) are widely used to support modern, high-performance, data-intensive applications. In recent years, with the trend of deploying and optimizing LSM-KVS from monolith to Disaggregated Storage (DS) setups, the confidentiality of LSM-KVS persistent data (e.g., WAL and SST files) is vulnerable to unauthorized access from insiders and external attackers and must be protected using encryption. Existing solutions lack a high-performance design for encryption in LSM-KVS, often focus on in-memory data protection with overheads of 3.4-32.5x, and lack the scalability and flexibility considerations required in DS deployments.&lt;/p&gt; &lt;p&gt;This paper proposes two novel designs to address the challenges of providing robust security for persistent components of LSM-KVS while maintaining high performance in both monolith and DS deployments - a simple and effective instance-level design suitable for monolithic LSM-KVS deployments, and&lt;bold&gt;SHIELD,&lt;/bold&gt;a design that embeds encryption into LSM-KVS components for minimal overhead in both monolithic and DS deployment. We achieve our objective through three contributions: (1) A fine-grained integration of encryption into LSM-KVS write path to minimize performance overhead from exposure-limiting practices like using unique encryption keys per file and regularly re-encrypting using new encryption keys during compaction, (2) Mitigating performance degradation caused by recurring encryption of Write-Ahead Log (WAL) writes by using a buffering solution and (3) Extending confidentiality guarantees to DS by designing a metadata-enabled encryption-key-sharing mechanism and a secure local cache for high scalability and flexibility. We implement both designs on RocksDB, evaluating them in monolithic and DS setups while showcasing an overhead of 0-32% for the instance-level design and 0-36% for SHIELD.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2412436</t>
+    <t>2412436; 2443219</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>