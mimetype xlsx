--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -119,51 +119,51 @@
   <si>
     <t>Ghazanfari, Sarah; Han, Yulun; Arshad, Amara; Xia, Wenjie; Kilina, Svetlana; Kilin, Dmitri</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-30T04:00:00Z</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>6968 to 6974</t>
   </si>
   <si>
     <t>1948-7185</t>
   </si>
   <si>
     <t>This first-principles study investigates the interactions between amino acids and various types of montmorillonite clay surfaces, including a pristine surface, a surface with an oxygen vacancy, a surface with a silicon vacancy, and an Fe-doped surface. Our results show that all clay surfaces exhibit negative binding energies, indicating that the interaction between clay and amino acids is thermodynamically favorable. Among them, the surface with a Si vacancy displays the most negative binding energy, corresponding to the strongest interaction. We also examine the reactions between two alanine molecules to form a dipeptide molecule through the elimination of a water molecule in the absence of clay surfaces. The transition state search suggests that a proton transfer plays a critical role in the peptide bond formation based on structural and energetic features observed along the reaction path. Circular dichroism spectra computed for reactant, intermediate, and product states show distinct chiral signatures. Wave packet dynamics calculations indicate that quantum tunneling might be the mechanism underlying the reduced activation energy at low temperatures. These findings offer insight into the physicochemical processes at clay–amino acid interfaces and support the design of clay-based materials with applications in biotechnology and prebiotic chemistry.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1944921</t>
+    <t>1944921; 2331017; 2004197</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Chemical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>