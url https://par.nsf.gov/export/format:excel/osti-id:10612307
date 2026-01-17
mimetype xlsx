--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -125,51 +125,51 @@
   <si>
     <t>Endrullis, Jörg; Schmitz, Sylvain</t>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>35:1-35:19</t>
   </si>
   <si>
     <t>1868-8969</t>
   </si>
   <si>
     <t>978-3-95977-362-1</t>
   </si>
   <si>
     <t>Kleene Algebra with Tests (KAT) provides a framework for algebraic equational reasoning about imperative programs. The recent variant Guarded KAT (GKAT) allows to reason on non-probabilistic properties of probabilistic programs. Here we introduce an extension of this framework called approximate GKAT (aGKAT), which equips GKAT with a partially ordered monoid (real numbers) enabling to express satisfaction of (deterministic) properties except with a probability up to a certain bound. This allows to represent in equational reasoning &amp;#34;à la KAT&amp;#34; proofs of probabilistic programs based on the union bound, a technique from basic probability theory. We show how a propositional variant of approximate Hoare Logic (aHL), a program logic for union bound, can be soundly encoded in our system aGKAT. We then illustrate the use of aGKAT with an example of accuracy analysis from the field of differential privacy.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2314324; 2217679; 2040249</t>
+    <t>2314324; 2040249</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>19 pages; 953261 bytes</t>
   </si>
   <si>
     <t>application/pdf</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>Schloss Dagstuhl – Leibniz-Zentrum für Informatik</t>
   </si>
   <si>
     <t>Creative Commons Attribution 4.0 International license; info:eu-repo/semantics/openAccess</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>