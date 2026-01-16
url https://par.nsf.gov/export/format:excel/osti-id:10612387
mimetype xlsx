--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -107,63 +107,69 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10612387</t>
   </si>
   <si>
     <t>https://doi.org/10.22318/cscl2025.103110</t>
   </si>
   <si>
     <t>Using Markov Chain Analysis to Study the Relations Between Emotions, Cognitive Actions, and Performance in Collaborative Learning</t>
   </si>
   <si>
     <t>S, Ashwin T; Snyder, Caitlin; Prasanna, Srigowri Mayasandra; Mohammed, Naveeduddin; Biswas, Gautam</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-10T04:00:00Z</t>
   </si>
   <si>
     <t>440 to 444</t>
   </si>
   <si>
+    <t>Collaborative problem-solving (CPS) in STEM+C education involves cognitive coordination and emotional regulation during joint tasks. Prior research has examined discrete affective states in learning environments but less is known about how these emotions evolve over time and affect CPS behavior. This study investigates the temporal dynamics of five emotions—engagement, confusion, boredom, delight, and frustration—using Markov Chain analysis of data from high school pairs building computational models in the C2STEM environment. Emotional transitions aligned with cognitive processes, seen in interaction patterns like PLAY, ADJUST, and BUILD, to analyze affect during modeling. Results show that emotional trajectories closely relate to cognitive actions, including construction, simulation testing, and debugging. Transitions that maintained engagement linked to productive collaboration and stronger performance, while ongoing frustration and boredom indicated disengagement progress.</t>
+  </si>
+  <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2112635</t>
+    <t>2112635; 2327708</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>Proceedings of the 2025 Meeting of the International Society of the Learning Sciences</t>
+  </si>
+  <si>
+    <t>https://repository.isls.org//handle/1/11890</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -289,72 +295,76 @@
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="L2" s="0"/>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>33</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="X2" s="0"/>
+        <v>38</v>
+      </c>
+      <c r="X2" t="s" s="0">
+        <v>39</v>
+      </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>