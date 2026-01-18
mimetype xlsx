--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>Hüsken, N; Danilkin, I; Hagelstein, F</t>
   </si>
   <si>
     <t>2024-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>EPJ Web of Conferences</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>05001</t>
   </si>
   <si>
     <t>2100-014X</t>
   </si>
   <si>
     <t>&lt;p&gt;The current three sigma tension in the unitarity test of the Cabbibo-Kobayashi-Maskawa (CKM) matrix is a notable problem with the Standard Model of elementary particle physics. A long-standing goal of the study of free neutron beta decay is to better determine the CKM element&lt;italic&gt;V&lt;/italic&gt;&lt;sub&gt;ud&lt;/sub&gt;through measurements of the neutron lifetime and a decay correlation parameter. The Nab collaboration intends to measure&lt;italic&gt;a&lt;/italic&gt;, the neutrino-electron correlation, with accuracy sufficient for a competitive evaluation of&lt;italic&gt;V&lt;/italic&gt;&lt;sub&gt;ud&lt;/sub&gt;based on neutron decay data alone. This paper gives a status report and an outlook.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2209484; 2412368; 2412782; 2111363; 2213411; 2209590</t>
+    <t>2209484; 2412368; 2412782; 2111363; 2213411; 2209590; 2110988</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>EPJ Web of Conferences, EDP Sciences</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>