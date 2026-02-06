--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10612752</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3698590</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Knowledge Editing for Large Language Models: A Survey</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Song; Zhu, Yaochen; Liu, Haochen; Zheng, Zaiyi; Chen, Chen; Li, Jundong</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-11T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Computing Surveys</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 37</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0360-0300</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Large Language Models (LLMs) have recently transformed both the academic and industrial landscapes due to their remarkable capacity to understand, analyze, and generate texts based on their vast knowledge and reasoning ability. Nevertheless, one major drawback of LLMs is their substantial computational cost for pre-training due to their unprecedented amounts of parameters. The disadvantage is exacerbated when new knowledge frequently needs to be introduced into the pre-trained model. Therefore, it is imperative to develop effective and efficient techniques to update pre-trained LLMs. Traditional methods encode new knowledge in pre-trained LLMs through direct fine-tuning. However, naively re-training LLMs can be computationally intensive and risks degenerating valuable pre-trained knowledge irrelevant to the update in the model. Recently,&lt;bold&gt;Knowledge-based Model Editing&lt;/bold&gt;(KME), also known as&lt;bold&gt;Knowledge Editing&lt;/bold&gt;or&lt;bold&gt;Model Editing&lt;/bold&gt;, has attracted increasing attention, which aims at precisely modifying the LLMs to incorporate specific knowledge, without negatively influencing other irrelevant knowledge. In this survey, we aim at providing a comprehensive and in-depth overview of recent advances in the field of KME. We first introduce a general formulation of KME to encompass different KME strategies. Afterward, we provide an innovative taxonomy of KME techniques based on how the new knowledge is introduced into pre-trained LLMs, and investigate existing KME strategies while analyzing key insights, advantages, and limitations of methods from each category. Moreover, representative metrics, datasets, and applications of KME are introduced accordingly. Finally, we provide an in-depth analysis regarding the practicality and remaining challenges of KME and suggest promising research directions for further advancement in this field.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2223769; 2228534; 2154962; 2144209; 2006844</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>