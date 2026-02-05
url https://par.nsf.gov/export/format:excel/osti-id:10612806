--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10612806</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ad2b62</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Mapping the Milky Way in 5D with 170 Million Stars</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Speagle_沈, Joshua_S 佳士; Zucker, Catherine; Bonaca, Ana; Cargile, Phillip A; Johnson, Benjamin D; Beane, Angus; Conroy, Charlie; Finkbeiner, Douglas P; Green, Gregory M; Kamdar, Harshil M; Naidu, Rohan; Rix, Hans-Walter; Schlafly, Edward F; Dotter, Aaron; Eadie, Gwendolyn; Eisenstein, Daniel J; Goodman, Alyssa A; Han, Jiwon Jesse; Saydjari, Andrew K; Ting_丁, Yuan-Sen 源森; Zelko, Ioana A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>970</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>121</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present&lt;monospace&gt;Augustus&lt;/monospace&gt;, a catalog of distance, extinction, and stellar parameter estimates for 170 million stars from 14 mag &lt;&lt;italic&gt;r&lt;/italic&gt;&lt; 20 mag and with ∣&lt;italic&gt;b&lt;/italic&gt;∣ &gt; 10° drawing on a combination of optical to near-infrared photometry from Pan-STARRS, 2MASS, UKIDSS, and unWISE along with parallax measurements from Gaia DR2 and 3D dust extinction maps. After applying quality cuts, we find 125 million objects have “high-quality” posteriors with statistical distance uncertainties of ≲10% for objects with well-constrained stellar types. This is a substantial improvement over the distance estimates derived from Gaia parallaxes alone and in line with the recent results from Anders et al. We find the fits are able to reproduce the dereddened Gaia color–magnitude diagram accurately, which serves as a useful consistency check of our results. We show that we are able to detect large, kinematically coherent substructures in our data clearly relative to the input priors, including the Monoceros Ring and the Sagittarius Stream, attesting to the quality of the catalog. Our results are publicly available at doi:&lt;named-content content-type='dataset' href='https://doi.org/10.7910/DVN/WYMSXV' type='simple'&gt;10.7910/DVN/WYMSXV&lt;/named-content&gt;. An accompanying interactive visualization can be found at&lt;ext-link ext-link-type='uri' href='http://allsky.s3-website.us-east-2.amazonaws.com' type='simple'&gt;http://allsky.s3-website.us-east-2.amazonaws.com&lt;/ext-link&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2406729</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>