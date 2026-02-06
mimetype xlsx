--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10612995</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3727582.3728688</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Efficient Adaptation of Large Language Models for Smart Contract Vulnerability Detection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sikder, Fadul; Lei, Yu; Ji, Yuede</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>65 to 74</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1529‑3785</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400715945</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Smart contracts underpin decentralized applications but face significant security risks from vulnerabilities, while traditional analysis methods have limitations. Large Language Models (LLMs) offer promise for vulnerability detection, yet adapting these powerful models efficiently, particularly generative ones, remains challenging. This paper investigates two key strategies for the efficient adaptation of LLMs for Solidity smart contract vulnerability detection: (1) replacing token-level generation with a dedicated classification head during fine-tuning, and (2) selectively freezing lower transformer layers using Low-Rank Adaptation (LoRA). Our empirical evaluation demonstrates that the classification head approach enables models like Llama 3.2 3B to achieve high accuracy (77.5%), rivaling the performance of significantly larger models such as the fine-tuned GPT-3.5. Furthermore, we show that selectively freezing bottom layers reduces training time and memory usage by approximately 10-20% with minimal impact on accuracy. Notably, larger models (3B vs. 1B parameters) exhibit greater resilience to layer freezing, maintaining high accuracy even with a large proportion of layers frozen, suggesting a localization of general code understanding in lower layers versus task-specific vulnerability patterns in upper layers. These findings present practical insights for developing and deploying performant LLM-based vulnerability detection systems efficiently, particularly in resource-constrained settings.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2516003</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Trondheim Norway</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>