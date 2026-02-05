--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10613089</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s00521-024-10951-3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Experiential Explanations for Reinforcement Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Alabdulkarim, Amal; Singh, Madhuri; Mansi, Gennie; Hall, Kaely; Ehsan, Upol; Riedl, Mark O</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Neural Computing and Applications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0941-0643</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Reinforcement learning (RL) systems can be complex and non-interpretable, making it challenging for non-AI experts to understand or intervene in their decisions. This is due in part to the sequential nature of RL in which actions are chosen because of their likelihood of obtaining future rewards. However, RL agents discard the qualitative features of their training, making it difficult to recover user-understandable information for “why” an action is chosen. We propose a technique&lt;italic&gt;Experiential Explanations&lt;/italic&gt;to generate counterfactual explanations by training&lt;italic&gt;influence predictors&lt;/italic&gt;along with the RL policy. Influence predictors are models that learn how different sources of reward affect the agent in different states, thus restoring information about how the policy reflects the environment. Two human evaluation studies revealed that participants presented with Experiential Explanations were better able to correctly guess what an agent would do than those presented with other standard types of explanation. Participants also found that Experiential Explanations are more understandable, satisfying, complete, useful, and accurate. Qualitative analysis provides information on the factors of Experiential Explanations that are most useful and the desired characteristics that participants seek from the explanations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928586</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>