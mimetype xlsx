--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10613315</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Closed-Form Diffusion Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Scarvelis, Christopher; Borde, Haitz; Solomon, Justin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Transactions on machine learning research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2835-8856</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Score-based generative models (SGMs) sample from a target distribution by iteratively transforming noise using the score function of the perturbed target. For any finite training set, this score function can be evaluated in closed form, but the resulting SGM memorizes its training data and does not generate novel samples. In practice, one approximates the score by training a neural network via score-matching. The error in this approximation promotes generalization, but neural SGMs are costly to train and sample, and the effective regularization this error provides is not well-understood theoretically. In this work, we instead explicitly smooth the closed-form score to obtain an SGM that generates novel samples without training. We analyze our model and propose an efficient nearest-neighbor-based estimator of its score function. Using this estimator, our method achieves competitive sampling times while running on consumer-grade CPUs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2335492</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>OpenReview</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>