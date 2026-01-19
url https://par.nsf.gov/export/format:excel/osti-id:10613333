--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>ISME Communications</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2730-6151</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The CHAB-I-5 cluster is a pelagic lineage that can comprise a significant proportion of all Roseobacters in surface oceans and has predicted roles in biogeochemical cycling via heterotrophy, aerobic anoxygenic photosynthesis (AAnP), CO oxidation, DMSP degradation, and other metabolisms. Though cultures of CHAB-I-5 have been reported, none have been explored and the best-known representative, strain SB2, was lost from culture after obtaining the genome sequence. We have isolated two new CHAB-I-5 representatives, strains US3C007 and FZCC0083, and assembled complete, circularized genomes with 98.7% and 92.5% average nucleotide identities with the SB2 genome. Comparison of these three with 49 other unique CHAB-I-5 metagenome-assembled and single-cell genomes indicated that the cluster represents a genus with two species, and we identified subtle differences in genomic content between the two species subclusters. Metagenomic recruitment from over fourteen hundred samples expanded their known global distribution and highlighted both isolated strains as representative members of the clade. FZCC0083 grew over twice as fast as US3C007 and over a wider range of temperatures. The axenic culture of US3C007 occurs as pleomorphic cells with most exhibiting a coccobacillus/vibrioid shape. We propose the name Candidatus Thalassovivens spotae, gen nov., sp. nov. for the type strain US3C007T (= ATCC TSD-433T = NCMA B160T).&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1945279</t>
+    <t>1945279; 2125191</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>