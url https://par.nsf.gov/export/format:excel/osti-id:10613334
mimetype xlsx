--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -116,51 +116,51 @@
   <si>
     <t>Culture-supported ecophysiology of the SAR116 clade demonstrates metabolic and spatial niche partitioning</t>
   </si>
   <si>
     <t>Coelho, Jordan T; Teubner, Lauren; Henson, Michael W; Lanclos, V Celeste; Kojima, Conner Y; Thrash, J Cameron</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-13T04:00:00Z</t>
   </si>
   <si>
     <t>The ISME Journal</t>
   </si>
   <si>
     <t>1751-7362</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Marine SAR116 bacterioplankton are ubiquitous in surface waters across global oceans and form their own order, Puniceispirillales, within the Alphaproteobacteria. To date no comparative physiology among diverse SAR116 isolates has been performed to capture the functional diversity within the clade, and further, diversity through the lens of metabolic potential and environmental preferences via clade-wide pangenomics continues to evolve with the addition of new genomes. Using high-throughput dilution-to-extinction cultivation, we isolated and genome sequenced five new and diverse SAR116 isolates from the northern Gulf of Mexico. Here we present a comparative physiological analysis of these SAR116 isolates, along with a pangenomic investigation of the SAR116 clade using a combination of metagenome-assembled genomes (MAGs, n = 258), single-amplified genomes (SAGs, n = 84), previously existing (n = 2), and new isolate genomes (n = 5), totaling 349 SAR116 genomes. Phylogenomic investigation supported the division of SAR116 into three distinct subclades, each with additional structure totaling 15 monophyletic groups. Our SAR116 isolates belonged to three groups within subclade I representing distinct genera with different morphologies and varied phenotypic responses to salinity and temperature. Overall, SAR116 genomes encoded differences in vitamin and amino acid synthesis, trace metal transport, and osmolyte synthesis and transport. They also had genetic potential for diverse sulfur oxidation metabolisms, placing SAR116 at the confluence of the organic and inorganic sulfur pools. SAR116 subclades showed distinct patterns in habitat preferences across open ocean, coastal, and estuarine environments, and three of our isolates represented the most abundant coastal and estuarine subclade. This investigation provides the most comprehensive exploration of SAR116 to date anchored by new culture genomes and physiology.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1945279</t>
+    <t>1945279; 2125191</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>