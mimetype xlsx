--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10613349</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ad6dd6</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>TESS Asteroseismology of β Hydri: A Subgiant with a Born-again Dynamo</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Metcalfe, Travis S; van_Saders, Jennifer L; Huber, Daniel; Buzasi, Derek; García, Rafael A; Stassun, Keivan G; Basu, Sarbani; Breton, Sylvain N; Claytor, Zachary R; Corsaro, Enrico; Nielsen, Martin B; Ong, J_M Joel; Saunders, Nicholas; Stokholm, Amalie; Bedding, Timothy R</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>974</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The solar-type subgiant&lt;italic&gt;β&lt;/italic&gt;Hyi has long been studied as an old analog of the Sun. Although the rotation period has never been measured directly, it was estimated to be near 27 days. As a Southern Hemisphere target, it was not monitored by long-term stellar activity surveys, but archival International Ultraviolet Explorer data revealed a 12 yr activity cycle. Previous ground-based asteroseismology suggested that the star is slightly more massive and substantially larger and older than the Sun, so the similarity of both the rotation rate and the activity cycle period to solar values is perplexing. We use two months of precise time-series photometry from the Transiting Exoplanet Survey Satellite to detect solar-like oscillations in&lt;italic&gt;β&lt;/italic&gt;Hyi and determine the fundamental stellar properties from asteroseismic modeling. We also obtain a direct measurement of the rotation period, which was previously estimated from an ultraviolet activity–rotation relation. We then use rotational evolution modeling to predict the rotation period expected from either standard spin-down or weakened magnetic braking (WMB). We conclude that the rotation period of&lt;italic&gt;β&lt;/italic&gt;Hyi is consistent with WMB and that changes in stellar structure on the subgiant branch can reinvigorate the large-scale dynamo and briefly sustain magnetic activity cycles. Our results support the existence of a “born-again” dynamo in evolved subgiants—previously suggested to explain the cycle in 94 Aqr Aa—which can best be understood within the WMB scenario.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2205888</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>