--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10613601</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v39i20.35429</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Decentralized Federated Learning with Model Caching on Mobile Agents</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Xiaoyu; Xiong, Guojun; Cao, Houwei; Li, Jian; Liu, Yong</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>21296 to 21303</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Federated Learning (FL) trains a shared model using data and computation power on distributed agents coordinated by a central server. Decentralized FL (DFL) utilizes local model exchange and aggregation between agents to reduce the communication and computation overheads on the central server. However, when agents are mobile, the communication opportunity between agents can be sporadic, largely hindering the convergence and accuracy of DFL. In this paper, we propose Cached Decentralized Federated Learning (Cached-DFL) to investigate delay-tolerant model spreading and aggregation enabled by model caching on mobile agents. Each agent stores not only its own model, but also models of agents encountered in the recent past. When two agents meet, they exchange their own models as well as the cached models. Local model aggregation utilizes all models stored in the cache. We theoretically analyze the convergence of Cached-DFL,explicitly taking into account the model staleness introduced by caching. We design and compare different model caching algorithms for different DFL and mobility scenarios. We conduct detailed case studies in a vehicular network to systematically investigate the interplay between agent mobility, cache staleness, and model convergence. In our experiments, Cached-DFL converges quickly, and significantly outperforms DFL without caching.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2337914; 2315614</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>