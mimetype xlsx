--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10613616</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.14778/3696435.3696441</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Nitro: Boosting Distributed Reinforcement Learning with Serverless Computing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yu, Hanfei; Carter, Jacob; Wang, Hao; Tiwari, Devesh; Li, Jian; Park, Seung-Jong</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the VLDB Endowment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>66 to 79</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2150-8097</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Deep reinforcement learning (DRL) has demonstrated significant potential in various applications, including gaming AI, robotics, and system scheduling. DRL algorithms produce, sample, and learn from training data online through a trial-and-error process, demanding considerable time and computational resources. To address this, distributed DRL algorithms and paradigms have been developed to expedite training using extensive resources. Through carefully designed experiments, we are the first to observe that strategically increasing the actor-environment interactions by spawning more concurrent actors at certain training rounds within ephemeral time frames can significantly enhance training efficiency. Yet, current distributed DRL solutions, which are predominantly server-based (or serverful), fail to capitalize on these opportunities due to their long startup times, limited adaptability, and cumbersome scalability.&lt;/p&gt; &lt;p&gt;This paper proposes&lt;italic&gt;Nitro&lt;/italic&gt;, a generic training engine for distributed DRL algorithms that enforces timely and effective boosting with concurrent actors instantaneously spawned by serverless computing. With serverless functions,&lt;italic&gt;Nitro&lt;/italic&gt;adjusts data sampling strategies dynamically according to the DRL training demands.&lt;italic&gt;Nitro&lt;/italic&gt;seizes the opportunity of real-time boosting by accurately and swiftly detecting an empirical metric. To achieve cost efficiency, we design a heuristic actor scaling algorithm to guide&lt;italic&gt;Nitro&lt;/italic&gt;for cost-aware boosting budget allocation. We integrate&lt;italic&gt;Nitro&lt;/italic&gt;with state-of-the-art DRL algorithms and frameworks and evaluate them on AWS EC2 and Lambda. Experiments with Mujoco and Atari benchmarks show that&lt;italic&gt;Nitro&lt;/italic&gt;improves the final rewards (&lt;italic&gt;i.e.&lt;/italic&gt;, training quality) by up to 6× and reduces training costs by up to 42%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2337914; 2534286; 2534241; 2403247; 2527416</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the VLDB Endowment</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>