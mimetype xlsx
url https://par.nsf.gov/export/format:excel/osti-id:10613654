--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10613654</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.32473/flairs.38.1.138727</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SelfCode 2.0: An Annotated Corpus of Student and Expert Line-by-Line Explanations of Code Examples for Automated Assessment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chapagain, Jeevan; Lekshmi, Arun Balajiee; Akhuseyinoglu, Kamil; Brusilovsky, Peter; Rus, Vasile</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The International FLAIRS Conference Proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2334-0754</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Assessing student responses is a critical task in adaptive educational systems. More specifically, automatically evaluating students' self-explanations contributes to understanding their knowledge state which is needed for personalized instruction, the crux of adaptive educational systems. To facilitate the development of Artificial Intelligence (AI) and Machine Learning models for automated assessment of learners' self-explanations, annotated datasets are essential. In response to this need, we developed the SelfCode2.0 corpus, which consists of 3,019 pairs of student and expert explanations of Java code snippets, each annotated with semantic similarity, correctness, and completeness scores provided by experts. Alongside the dataset, we also provide performance results obtained with several baseline models based on TF-IDF and Sentence-BERT vectorial representations. This work aims to enhance the effectiveness of automated assessment tools in programming education and contribute to a better understanding and supporting student learning of programming.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2213789; 1918751</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Florida Online Journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>