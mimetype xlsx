--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2470-0010</t>
   </si>
   <si>
     <t>&lt;p&gt;This article presents constraints on dark-matter-electron interactions obtained from the first underground data-taking campaign with multiple SuperCDMS HVeV detectors operated in the same housing. An exposure of&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mn&gt;7.63&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi mathvariant='normal'&gt;g&lt;/mi&gt;&lt;mtext&gt;−&lt;/mtext&gt;&lt;mi&gt;days&lt;/mi&gt;&lt;/mrow&gt;&lt;/math&gt;is used to set upper limits on the dark-matter-electron scattering cross section for dark matter masses between 0.5 and&lt;math display='inline'&gt;&lt;mn&gt;1000&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;MeV&lt;/mi&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;msup&gt;&lt;mi&gt;c&lt;/mi&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/msup&gt;&lt;/math&gt;, as well as upper limits on dark photon kinetic mixing and axionlike particle axioelectric coupling for masses between 1.2 and&lt;math display='inline'&gt;&lt;mn&gt;23.3&lt;/mn&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mtext&gt; &lt;/mtext&gt;&lt;mi&gt;eV&lt;/mi&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;msup&gt;&lt;mi&gt;c&lt;/mi&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/msup&gt;&lt;/math&gt;. Compared to an earlier HVeV search, sensitivity was improved as a result of an increased overburden of 225 meters of water equivalent, an anticoincidence event selection, and better pile-up rejection. In the case of dark-matter-electron scattering via a heavy mediator, an improvement by up to a factor of 25 in cross section sensitivity was achieved.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2025&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2508117; 2411598; 2209186; 2411597; 2110766; 2411599; 2111457</t>
+    <t>2508117; 2411598; 2209186; 2411597; 2110766; 2411599; 2111457; 2111090; 2111324</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Physical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>