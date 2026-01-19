--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1038/s41559-025-02757-w</t>
   </si>
   <si>
     <t>Short time series obscure compensatory dynamics in ecological communities</t>
   </si>
   <si>
     <t>Luo, Mingyu; Hallett, Lauren M; Reuman, Daniel C; Shoemaker, Lauren G; Zhao, Lei; Jiang, Lin; Loreau, Michel; Reich, Peter B; Tilman, David; Wang, Shaopeng</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-07-01T04:00:00Z</t>
   </si>
   <si>
     <t>Nature Ecology &amp; Evolution</t>
   </si>
   <si>
     <t>2397-334X</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2023474; 2414418</t>
+    <t>2023474; 2414418; 1831944</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Nature Ecology and Evolution</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>