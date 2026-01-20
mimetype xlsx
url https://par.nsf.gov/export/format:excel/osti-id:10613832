--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-05-29T04:00:00Z</t>
   </si>
   <si>
     <t>Philosophical Transactions of the Royal Society B: Biological Sciences</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>0962-8436</t>
   </si>
   <si>
     <t>&lt;p&gt;Climate change is altering our environment, subjecting multiple agroecosystems worldwide to an increased frequency and intensity of abiotic stress conditions such as heat, drought, flooding, salinity, cold and/or their potential combinations. These stresses impact plant growth, yield and survival, causing losses of billions of dollars to agricultural productivity, and in extreme cases they lead to famine, migration and even wars. As the rate of change in our environment has dramatically accelerated in recent years, more research is urgently needed to discover and develop new ways and tools to increase the resilience of crops to different stress conditions. In this theme issue, new studies addressing the molecular, metabolic, and physiological responses of crops and other plants to abiotic stress challenges are discussed, as well as the potential to exploit these mechanisms in biotechnological applications aimed at preserving and/or increasing crop yield under our changing climate conditions.&lt;/p&gt; &lt;p&gt;This article is part of the theme issue ‘Crops under stress: can we mitigate the impacts of climate change on agriculture and launch the ‘Resilience Revolution’?’&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2414183</t>
+    <t>2414183; 2343815</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Philos Trans R Soc Lond B Biol Sci.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>