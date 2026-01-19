--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,50 +105,56 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10613859</t>
   </si>
   <si>
     <t>https://doi.org/10.1002/adfm.202512407</t>
   </si>
   <si>
     <t>Gaussian‐Sigmoid Reinforcement Transistors: Resolving Exploration‐Exploitation Trade‐Off Through Gate Voltage‐Controlled Activation Functions</t>
   </si>
   <si>
     <t>Park, Jisoo [Department of Semiconductor Engineering Gachon University  1342 Seongnam‐daero Seongnam 13120 Republic of Korea]; Seo, Juhyung [Department of Electronic Engineering Hanyang University  Seoul 04763 Republic of Korea]; Koo, Ryun‐Han [Department of Electrical and Computer Engineering and Inter‐University Semiconductor Research Center (ISRC) Seoul National University  Seoul 08826 South Korea]; Jayasuriya, Dinithi [Department of Electrical and Computer Engineering University of Illinois  Chicago IL 60607 USA]; Jayasinghe, Nethmi [Department of Electrical and Computer Engineering University of Illinois  Chicago IL 60607 USA]; Shin, Wonjun [Department of Semiconductor Convergence Engineering Sungkyunkwan University  Suwon 16419 Republic of Korea]; Trivedi, Amit_R [Department of Electrical and Computer Engineering University of Illinois  Chicago IL 60607 USA]; Yoo, Hocheon [Department of Electronic Engineering Hanyang University  Seoul 04763 Republic of Korea] (ORCID:0000000307723327)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-07-09T04:00:00Z</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>49</t>
   </si>
   <si>
     <t>1616-301X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Reinforcement learning (RL) relies on Gaussian and sigmoid functions to balance exploration and exploitation, but implementing these functions in hardware typically requires iterative computations, increasing power and circuit complexity. Here, Gaussian‐sigmoid reinforcement transistors (GS‐RTs) are reported that integrate both activation functions into a single device. The transistors feature a vertical n‐p‐i‐p heterojunction stack composed of a‐IGZO and DNTT, with asymmetric source–drain contacts and a parylene interlayer that enables voltage‐tunable transitions between sigmoid, Gaussian, and mixed responses. This architecture emulates the behavior of three transistors in one, reducing the required circuit complexity from dozens of transistors to fewer than a few. The GS‐RT exhibits a peak current of 5.95 µA at V&lt;sub&gt;G&lt;/sub&gt;= −17 V and supports nonlinear transfer characteristics suited for neuromorphic computing. In a multi‐armed bandit task, GS‐RT‐based RL policies demonstrate 20% faster convergence and 30% higher final reward compared to conventional sigmoid‐ or Gaussian‐based approaches. Extending this advantage further, GS‐RT‐based activation function in deep RL for cartpole balancing significantly outperforms the traditional ReLU‐based activation function in terms of faster learning and tolerance to input perturbations.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2106824; 2329096</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
@@ -291,81 +297,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>