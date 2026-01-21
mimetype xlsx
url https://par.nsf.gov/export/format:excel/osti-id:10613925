--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Communications Earth &amp; Environment</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2662-4435</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Basal melting of Antarctic ice shelves is primarily driven by heat delivery from warm Circumpolar Deep Water. Here we classify near-shelf water masses in an eddy-resolving numerical model of the Southern Ocean to develop a unified view of warm water intrusion onto the Antarctic continental shelf. We identify four regimes on seasonal timescales. In regime 1 (East Antarctica), heat intrusions are driven by easterly winds via Ekman dynamics. In regime 2 (West Antarctica), intrusion is primarily determined by the strength of a shelf-break undercurrent. In regime 3, the warm water cycle on the shelf is in antiphase with dense shelf water production (Adélie Coast). Finally, in regime 4 (Weddell and Ross seas), shelf-ward warm water inflow occurs along the western edge of canyons during periods of dense shelf water outflow. Our results advocate for a reformulation of the traditional annual-mean regime classification of the Antarctic continental shelf.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1936222; 2332379</t>
+    <t>1936222; 2332379; 1924388</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Nature</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>