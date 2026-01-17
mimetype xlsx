--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -107,72 +107,66 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10614009</t>
   </si>
   <si>
     <t>https://doi.org/10.1145/3699682.3728348</t>
   </si>
   <si>
     <t>Integrating Expert Knowledge With Automated Knowledge Component Extraction for Student Modeling</t>
   </si>
   <si>
     <t>Sampaio_de_Alencar, Rafaella; Demirtas, Mehmet Arif; Saha, Adittya Soukarjya; Shi, Yang; Brusilovsky, Peter</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-13T04:00:00Z</t>
   </si>
   <si>
     <t>307 to 312</t>
   </si>
   <si>
-    <t>9798400713132</t>
-[...1 lines deleted...]
-  <si>
     <t>Knowledge tracing is a method to model students’ knowledge and enable personalized education in many STEM disciplines such as mathematics and physics, but has so far still been a challenging task in computing disciplines. One key obstacle to successful knowledge tracing in computing education lies in the accurate extraction of knowledge components (KCs), since multiple intertwined KCs are practiced at the same time for programming problems. In this paper, we address the limitations of current methods and explore a hybrid approach for KC extraction, which combines automated code parsing with an expert-built ontology. We use an introductory (CS1) Java benchmark dataset to compare its KC extraction performance with the traditional extraction methods using a state-of-the-art evaluation approach based on learning curves. Our preliminary results show considerable improvement over traditional methods of student modeling. The results indicate the opportunity to improve automated KC extraction in CS education by incorporating expert knowledge into the process.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2213789; 2418655</t>
+    <t>2213789; 2418655; 2426837; 2426839</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>33rd ACM Conference on User Modeling, Adaptation and Personalization</t>
-  </si>
-[...1 lines deleted...]
-    <t>New York City USA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -297,79 +291,75 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="L2" s="0"/>
-      <c r="M2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="N2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>