--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10614019</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/nph.70057</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>&lt;scp&gt;C&lt;sub&gt;4&lt;/sub&gt;&lt;/scp&gt; photosynthesis, trait spectra, and the fast‐efficient phenotype</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Monson, Russell K; Li, Shuai; Ainsworth, Elizabeth A; Fan, Yuzhen; Hodge, John G; Knapp, Alan K; Leakey, Andrew_D B; Lombardozzi, Danica; Reed, Sasha C; Sage, Rowan F; Smith, Melinda D; Smith, Nicholas G; Still, Christopher J; Way, Danielle A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>New Phytologist</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>246</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>879 to 893</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0028-646X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Summary&lt;/title&gt; &lt;p&gt;It has been 60 years since the discovery of C&lt;sub&gt;4&lt;/sub&gt;photosynthesis, an event that rewrote our understanding of plant adaptation, ecosystem responses to global change, and global food security. Despite six decades of research, one aspect of C&lt;sub&gt;4&lt;/sub&gt;photosynthesis that remains poorly understood is how the pathway fits into the broader context of adaptive trait spectra, which form our modern view of functional trait ecology. The C&lt;sub&gt;4&lt;/sub&gt;CO&lt;sub&gt;2&lt;/sub&gt;‐concentrating mechanism supports a general C&lt;sub&gt;4&lt;/sub&gt;plant phenotype capable of fast growth and high resource‐use efficiencies. The fast‐efficient C&lt;sub&gt;4&lt;/sub&gt;phenotype has the potential to operate at high productivity rates, while allowing for less biomass allocation to root production and nutrient acquisition, thereby providing opportunities for the evolution of novel trait covariances and the exploitation of new ecological niches. We propose the placement of the C&lt;sub&gt;4&lt;/sub&gt;fast‐efficient phenotype near the acquisitive pole of the world‐wide leaf economic spectrum, but with a pathway‐specific span of trait space, wherein selection shapes both acquisitive and conservative adaptive strategies. A trait‐based perspective of C&lt;sub&gt;4&lt;/sub&gt;photosynthesis will open new paths to crop improvement, global biogeochemical modeling, the management of invasive species, and the restoration of disturbed ecosystems, particularly in grasslands.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2045968; 2025849</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>John Wiley and Sons</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>