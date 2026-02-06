--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10614022</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s42003-025-07518-w</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Interactive and unimodal relationships between plant biomass, abiotic factors, and plant diversity in global grasslands</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Spohn, Marie; Bagchi, Sumanta; Bakker, Jonathan D; Borer, Elizabeth T; Carbutt, Clinton; Catford, Jane A; Dickman, Christopher R; Eisenhauer, Nico; Eskelinen, Anu; Hagenah, Nicole; Hautier, Yann; Koerner, Sally E; Komatsu, Kimberly J; Laanisto, Lauri; Lekberg, Ylva; Martina, Jason P; Martinson, Holly; Pärtel, Meelis; Peri, Pablo L; Risch, Anita C; Smith, Nicholas G; Stevens, Carly; Veen, G_F Ciska; Virtanen, Risto; Yahdjian, Laura; Young, Alyssa L; Young, Hillary S; Seabloom, Eric W</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Communications Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2399-3642</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Grasslands cover approximately a third of the Earth’s land surface and account for about a third of terrestrial carbon storage. Yet, we lack strong predictive models of grassland plant biomass, the primary source of carbon in grasslands. This lack of predictive ability may arise from the assumption of linear relationships between plant biomass and the environment and an underestimation of interactions of environmental variables. Using data from 116 grasslands on six continents, we show unimodal relationships between plant biomass and ecosystem characteristics, such as mean annual precipitation and soil nitrogen. Further, we found that soil nitrogen and plant diversity interacted in their relationships with plant biomass, such that plant diversity and biomass were positively related at low levels of nitrogen and negatively at elevated levels of nitrogen. Our results show that it is critical to account for the interactive and unimodal relationships between plant biomass and several environmental variables to accurately include plant biomass in global vegetation and carbon models.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2045968; 2025849; 1831944</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Nature Publishing Group</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>