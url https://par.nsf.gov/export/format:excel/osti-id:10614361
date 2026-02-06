--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10614361</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/sce.21850</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Why are some students “not into” computational thinking activities embedded within high school science units? Key takeaways from a microethnographic discourse analysis study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Aslan, Umit; Horn, Michael; Wilensky, Uri</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>108</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>929 to 956</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0036-8326</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Science educators are integrating more and more computational thinking (CT) activities into their curricula. Proponents of CT offer two motivations: familiarizing students with a realistic depiction of the computational nature of modern scientific practices and encouraging more students from underrepresented backgrounds to pursue careers in science, technology, engineering, and mathematics. However, some studies show that increasing exposure to computing may not necessarily translate to the hypothesized gains in participation by female students and students of color. Therefore, paying close attention to students' engagement in computationally intense science activities is important to finding more impactful ways to promote equitable science education. In this paper, we present an in‐depth analysis of the interactions among a small, racially diverse group of high school students during a chemistry unit with tightly integrated CT activities. We find a salient interaction between the students' engagement with the CT activities and their social identification with publicly recognizable categories such as “enjoys coding” or “finds computing boring.” We show that CT activities in science education can lead to numerous rich interactions that could, if leveraged correctly, allow educators to facilitate more inclusive science classrooms. However, we also show that such opportunities would be missed unless teachers are attentive to them. We discuss the implications of our findings on future work to integrate CT across science curricula and teacher education.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2303582</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>