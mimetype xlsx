--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10614649</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/SC41406.2024.00052</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Distributed-Memory Parallel Algorithms for Sparse Matrix and Sparse Tall-and-Skinny Matrix Multiplication</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ranawaka, Isuru; Hussain, Md Taufique; Block, Charles; Gerogiannis, Gerasimos; Torrellas, Josep; Azad, Ariful</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 17</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-5291-7</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We consider a sparse matrix-matrix multiplication (SpGEMM) setting where one matrix is square and the other is tall and skinny. This special variant, TS-SpGEMM, has important applications in multi-source breadth-first search, influence maximization, sparse graph embedding, and algebraic multigrid solvers. Unfortunately, popular distributed algorithms like sparse SUMMA deliver suboptimal performance for TS-SpGEMM. To address this limitation, we develop a novel distributed-memory algorithm tailored for TS SpGEMM. Our approach employs customized 1D partitioning for all matrices involved and leverages sparsity-aware tiling for efficient data transfers. In addition, it minimizes communication overhead by incorporating both local and remote computations. On average, our TSSpGEMM algorithm attains 5x performance gains over 2D and 3D SUMMA. Furthermore, we use our algorithm to implement multi-source breadth-first search and sparse graph embedding algorithms and demonstrate their scalability up to 512 Nodes (or 65,536 cores) on NERSC Perlmutter.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2534902</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Atlanta, GA, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>